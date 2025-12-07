--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -614,59 +614,69 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Өткізу күні: </w:t>
       </w:r>
+      <w:r w:rsidR="00FA6D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>21 апреля</w:t>
+      </w:r>
       <w:r w:rsidR="00F56073">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">21 сәуір </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2022 жыл</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -780,156 +790,156 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Идентификатор</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001066B1">
+      <w:r w:rsidR="000F5E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>856 3366 1845</w:t>
+        <w:t>863 9978 8241</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587190">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Код</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00587190">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001066B1">
+      <w:r w:rsidR="000F5E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>123</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00587190">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Модератор:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ну</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="00B15C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">,  әдіскер  </w:t>
+        <w:t>рахметова Шолпан Саменовна,  методист</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
@@ -1237,154 +1247,165 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15.00 – 15.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00587190" w:rsidRPr="000A0382" w:rsidRDefault="007A4318" w:rsidP="000A0382">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="007A4318">
+          <w:p w:rsidR="00DC08D7" w:rsidRDefault="00DC08D7" w:rsidP="00DC08D7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>«</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Эффективное планирование урока</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сабақты тиімді жоспарлау: мұғалім көшбасшылығы</w:t>
-[...9 lines deleted...]
-              <w:t>»</w:t>
+              <w:t>: лидерство учителя</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00587190" w:rsidRPr="000A0382" w:rsidRDefault="00587190" w:rsidP="00587190">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="141" w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="009B61A6" w:rsidRPr="000A0382" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009B61A6" w:rsidRPr="00685C15" w:rsidRDefault="00587190" w:rsidP="00587190">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="00685C15" w:rsidRDefault="00FD5870" w:rsidP="00FD5870">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00685C15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нұрахметова Шолпан Сәменқызы,  әдіскер  </w:t>
+              <w:t>Нурахметова Шолпан Саменовна</w:t>
+            </w:r>
+            <w:r w:rsidR="00587190" w:rsidRPr="00685C15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>методист</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F35B07" w:rsidRPr="009B61A6" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1403,256 +1424,150 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15.06 – 15.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="009B61A6">
-[...86 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00DC08D7" w:rsidP="009B61A6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Навыки целеполагания, рефлексивные навыки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F35B07" w:rsidRDefault="00F35B07" w:rsidP="00587190">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="141" w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F35B07" w:rsidRDefault="00F35B07" w:rsidP="00587190">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="141" w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F35B07" w:rsidRDefault="00F35B07" w:rsidP="00587190">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="141" w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="00C54B3E">
+          <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00FA6D6F" w:rsidP="00FA6D6F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="141" w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00685C15">
-[...6 lines deleted...]
-              <w:t>ПШО Павлодар қ., филиал</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ныгметова Бибигуль Жамбуловна</w:t>
             </w:r>
-            <w:r w:rsidRPr="00685C15">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="001E0154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, тренер филиала ЦПМ г.Павлодара</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35B07" w:rsidRPr="001066B1" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="00F35B07" w:rsidRPr="00DC08D7" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
@@ -1666,106 +1581,114 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15.10 – 15.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="00685C15">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00DC08D7" w:rsidP="00DC08D7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716175">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оставляющие эффективного процесса преподавания и обучения</w:t>
+            </w:r>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-                <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="00F35B07">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="141" w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35B07" w:rsidRPr="001066B1" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="00F35B07" w:rsidRPr="00DC08D7" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
@@ -1779,72 +1702,92 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15.31-16.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007A4318" w:rsidRPr="007A4318" w:rsidRDefault="007A4318" w:rsidP="007A4318">
+          <w:p w:rsidR="00DC08D7" w:rsidRPr="00716175" w:rsidRDefault="007A4318" w:rsidP="00DC08D7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4318">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC08D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Определение лидерства</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC08D7" w:rsidRPr="00716175">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителя как деятельность, направленную на сотрудничество с коллегами</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="00DC08D7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...17 lines deleted...]
-            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F35B07" w:rsidRPr="007A4318" w:rsidRDefault="00F35B07" w:rsidP="00F35B07">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="141" w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
@@ -1891,174 +1834,133 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00685C15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16.07-16.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="00685C15">
+          <w:p w:rsidR="00F35B07" w:rsidRPr="00DC08D7" w:rsidRDefault="00DC08D7" w:rsidP="00685C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00685C15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Жалпы</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Работа в группах</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F35B07" w:rsidRPr="00685C15" w:rsidRDefault="00F35B07" w:rsidP="00F35B07">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="141" w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009B61A6" w:rsidRPr="00685C15" w:rsidRDefault="009B61A6" w:rsidP="00230AD2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009B61A6" w:rsidRPr="00685C15" w:rsidRDefault="009B61A6" w:rsidP="00230AD2">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="00685C15" w:rsidRDefault="00DC08D7" w:rsidP="00230AD2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00685C15">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қорытындылау</w:t>
+              <w:t>Рефлексия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -2108,84 +2010,224 @@
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidSect="009B61A6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:display="firstPage" w:offsetFrom="page">
         <w:top w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:left w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:bottom w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:right w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DA811D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC6CD918"/>
+    <w:lvl w:ilvl="0" w:tplc="0C768FDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AF7EE8CC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6428C10E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D780D0F6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FA9AACDC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2330553C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5B8ED5F4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B2D2C98C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A148C0F2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54EB71F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9034AEA2"/>
     <w:lvl w:ilvl="0" w:tplc="02C811F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BA805412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2255,106 +2297,115 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F18C443E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00417C29"/>
     <w:rsid w:val="000A0382"/>
-    <w:rsid w:val="001066B1"/>
+    <w:rsid w:val="000F5E4F"/>
+    <w:rsid w:val="001E0154"/>
     <w:rsid w:val="00417C29"/>
     <w:rsid w:val="0057080F"/>
     <w:rsid w:val="00587190"/>
     <w:rsid w:val="00685C15"/>
     <w:rsid w:val="00704F22"/>
     <w:rsid w:val="007A4318"/>
     <w:rsid w:val="009B61A6"/>
+    <w:rsid w:val="00A90322"/>
+    <w:rsid w:val="00B15C37"/>
     <w:rsid w:val="00C54B3E"/>
+    <w:rsid w:val="00DC08D7"/>
     <w:rsid w:val="00F35B07"/>
     <w:rsid w:val="00F56073"/>
+    <w:rsid w:val="00FA6D6F"/>
+    <w:rsid w:val="00FD5870"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="733F9483"/>
+  <w14:docId w14:val="4E178086"/>
   <w15:docId w15:val="{23E2EA20-01D5-4D4D-B42D-45F6493A9D86}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3131,65 +3182,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>149</Words>
-  <Characters>853</Characters>
+  <Characters>851</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1001</CharactersWithSpaces>
+  <CharactersWithSpaces>999</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>