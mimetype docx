--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -1,76501 +1,11827 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="756C57C5" w14:textId="77777777" w:rsidR="004E7F1D" w:rsidRPr="004E7F1D" w:rsidRDefault="004E7F1D" w:rsidP="004E7F1D">
-[...1742 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗАКОН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О профилактике бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:tooltip="Закон Республики Казахстан от 4 декабря 2009 года № 214-IV «О профилактике бытового насилия» (с изменениями и дополнениями по состоянию на 07.07.2020 г.)" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>изменениями и дополнениями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по состоянию на 07.07.2020 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="0" w:name="ContentStart"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30525680" \l "sub_id=10000" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId6" w:anchor="sub_id=10000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:anchor="sub_id=20000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 2. Законодательство Республики Казахстан о профилактике бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:anchor="sub_id=30000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 3. Принципы профилактики бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:anchor="sub_id=40000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 4. Виды бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:anchor="sub_id=50000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 5. Специальные социальные услуги</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:anchor="sub_id=60000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Глава 2. Субъекты профилактики бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:anchor="sub_id=60000" w:tooltip="Закон Республики Казахстан от 4 декабря 2009 года № 214-IV «О профилактике бытового насилия» (с изменениями и дополнениями по состоянию на 07.07.2020 г.)" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 6. Компетенция Правительства Республики Казахстан</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:anchor="sub_id=70000" w:tooltip="Закон Республики Казахстан от 4 декабря 2009 года № 214-IV «О профилактике бытового насилия» (с изменениями и дополнениями по состоянию на 07.07.2020 г.)" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 7. Компетенция местных представительных и исполнительных органов</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:anchor="sub_id=80000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 8. Комиссии по делам женщин и семейно-демографической политике</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:anchor="sub_id=90000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 9. Компетенция комиссий по делам несовершеннолетних и защите их прав</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:anchor="sub_id=100000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 10. Компетенция органов внутренних дел</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:anchor="sub_id=110000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 11. Компетенция уполномоченного органа в области образования</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:anchor="sub_id=120000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 12. Компетенция уполномоченного органа в области здравоохранения</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:anchor="sub_id=130000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 13. Компетенция организаций здравоохранения</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:anchor="sub_id=140000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 14. Исключена</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:anchor="sub_id=150000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 15. Организации по оказанию помощи</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:anchor="sub_id=160000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Глава 3. Меры профилактики бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId23" w:anchor="sub_id=160000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 16. Регулирование отношений, возникающих при применении мер профилактики бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId24" w:anchor="sub_id=170000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 17. Меры индивидуальной профилактики бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId25" w:anchor="sub_id=180000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 18. Основания для принятия мер индивидуальной профилактики бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId26" w:anchor="sub_id=190000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 19. Профилактическая беседа</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:anchor="sub_id=200000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 20. Защитное предписание</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId28" w:anchor="sub_id=210000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 21. Административное задержание</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:anchor="sub_id=220000" w:tooltip="Закон Республики Казахстан от 4 декабря 2009 года № 214-IV «О профилактике бытового насилия» (с изменениями и дополнениями по состоянию на 07.07.2020 г.)" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 22. Установление особых требований к поведению правонарушителя</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId30" w:anchor="sub_id=230000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 23. Меры процессуального принуждения и меры безопасности в уголовном процессе</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:anchor="sub_id=240000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Глава 4. Заключительные положения</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId32" w:anchor="sub_id=240000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 24. Надзор за соблюдением законности в сфере профилактики бытового насилия</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId33" w:anchor="sub_id=250000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 25. Соблюдение конфиденциальности при осуществлении помощи потерпевшим</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId34" w:anchor="sub_id=260000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Статья 26. Порядок введения в действие настоящего Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="ContentEnd"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон определяет правовые, экономические, социальные и организационные основы деятельности государственных органов, органов местного самоуправления, организаций и граждан Республики Казахстан по профилактике бытового насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В статью 1 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="sub_id=800" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 18.02.14 г. № 175-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="sub_id=10000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) потерпевший — физическое лицо, в отношении которого есть основания полагать, что ему непосредственно бытовым насилием причинен моральный, физический и (или) имущественный вред;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-1) организации по оказанию помощи - юридические лица, осуществляющие предоставление потерпевшим специальных социальных услуг и (или) помощи в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) семейно-бытовые отношения - отношения между супругами, бывшими супругами, лицами, проживающими или проживавшими совместно, близкими родственниками, лицами, имеющими общего ребенка (детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) бытовое насилие — умышленное противоправное деяние (действие или бездействие) одного лица в сфере семейно-бытовых отношений в отношении другого (других), причиняющее или содержащее угрозу причинения физического и (или) психического страдания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) профилактика бытового насилия — комплекс правовых, экономических, социальных и организационных мер, осуществляемых субъектами профилактики бытового насилия, направленных на защиту конституционных прав, свобод и законных интересов человека и гражданина в сфере семейно-бытовых отношений, предупреждение и пресечение бытового насилия, а также на выявление и устранение причин и условий, способствующих их совершению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) субъекты профилактики бытового насилия — государственные органы, органы местного самоуправления, организации и граждане Республики Казахстан, осуществляющие профилактику бытового насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>См.: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Рекомендацию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Международного Совета при Верховном Суде Республики Казахстан по изучению международного опыта назначения наказания за сексуальное и бытовое насилие, домогательство (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> протокольным решением Международного Совета при Верховном Суде Республики Казахстан от 5 июня 2020 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан о профилактике бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Законодательство Республики Казахстан о профилактике бытового насилия основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="sub_id=170000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 3. Принципы профилактики бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Профилактика бытового насилия основывается на принципах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) гарантирования соблюдения прав, свобод и законных интересов человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) недопустимости причинения человеку и гражданину физического и (или) психического страдания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) поддержки и сохранения семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) конфиденциальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) индивидуального подхода к каждому человеку и гражданину, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>находящимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">7) приоритета превентивных мер профилактики бытового насилия над </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>репрессивными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) комплексности и системности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В статью 4 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="sub_id=804" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 18.02.14 г. № 175-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="sub_id=40000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...3901 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 4. Виды бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Бытовое насилие может выражаться в виде физического, психологического, сексуального и (или) экономического насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Физическое насилие — умышленное причинение вреда здоровью путем применения физической силы и причинения физической боли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Психологическое насилие — умышленное воздействие на психику человека, унижение чести и достоинства посредством угроз, оскорблений, шантажа или принуждение (понуждение) к совершению правонарушений или деяний, представляющих опасность для жизни или здоровья, а также ведущих к нарушению психического, физического и личностного развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Сексуальное насилие — умышленное противоправное действие, посягающее на половую неприкосновенность или половую свободу человека, а также действия сексуального характера по отношению к несовершеннолетним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Экономическое насилие — умышленное лишение человека жилья, пищи, одежды, имущества, средств, на которые он имеет предусмотренное законом право.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>См.: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Рекомендацию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Международного Совета при Верховном Суде Республики Казахстан по изучению международного опыта назначения наказания за сексуальное и бытовое насилие, домогательство (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждена</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...67 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> протокольным решением Международного Совета при Верховном Суде Республики Казахстан от 5 июня 2020 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...340 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Специальные социальные услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Потерпевшему, признанному в установленном законодательством порядке </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="sub_id=60000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лицом, находящимся в трудной жизненной ситуации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, предоставляются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальные социальные услуги</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Специальные социальные услуги включают гарантированный объем специальных социальных услуг и платные специальные социальные услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Предоставление гарантированного и дополнительного объема специальных социальных услуг, предоставляемых сверх гарантированного объема, осуществляется на основании решения местных исполнительных органов районов, городов областного значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Стандарты оказания специальных социальных услуг, порядок их предоставления, права и обязанности лица (семьи), находящегося в трудной жизненной ситуации, определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="sub_id=120000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о специальных социальных услугах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. Субъекты профилактики бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) разрабатывает основные направления государственной политики в области профилактики бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) Исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="sub_id=8200" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 124-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="sub_id=60002" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) обеспечивает взаимодействие субъектов профилактики бытового насилия и координацию их деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) осуществляет иные полномочия, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="sub_id=640000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Компетенция местных представительных и исполнительных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Местные представительные органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) Исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="sub_id=8202" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 124-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="sub_id=70101" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) утверждают и контролируют исполнение местных бюджетов в части расходов на профилактику бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) содействуют исполнению гражданами и организациями норм настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Местные исполнительные органы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) Исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="sub_id=8202" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 124-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="sub_id=70200" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) обеспечивают взаимодействие субъектов профилактики бытового насилия на местном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) создают организации по оказанию помощи и обеспечивают их функционирование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) выявляют и ведут учет несовершеннолетних, пострадавших от бытового насилия, и неблагополучных семей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) организуют предоставление специальных социальных услуг потерпевшим в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="sub_id=50000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о специальных социальных услугах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 8. Комиссии по делам женщин и семейно-демографической политике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Комиссии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по делам женщин и семейно-демографической политике:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) взаимодействуют с субъектами профилактики бытового насилия по вопросам профилактики бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) вносят предложения в местные исполнительные органы о принятии организационно-практических мер, направленных на профилактику бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) совместно с организациями по оказанию помощи организуют и проводят мероприятия по профилактике бытового насилия и реабилитации потерпевших.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9. Компетенция комиссий по делам несовершеннолетних и защите их прав</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId54" w:anchor="sub_id=90000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Комиссии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по делам несовершеннолетних и защите их прав:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) взаимодействуют с субъектами профилактики бытового насилия по вопросам профилактики бытового насилия среди несовершеннолетних;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) Исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="sub_id=8203" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 124-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="sub_id=90002" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) вносят предложения в местные исполнительные органы о принятии организационно-практических мер, направленных на профилактику бытового насилия среди несовершеннолетних;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) совместно с организациями по оказанию помощи организуют и проводят мероприятия по профилактике бытового насилия и реабилитации несовершеннолетних, пострадавших от бытового насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В статью 10 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="sub_id=810" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 18.02.14 г. № 175-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="sub_id=100000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 10. Компетенция органов внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Органы внутренних дел:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) Исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="sub_id=8204" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 124-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="sub_id=100001" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) участвуют в разработке проектов нормативных правовых актов в области профилактики бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) осуществляют меры по профилактике бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) выявляют родителей или лиц, их заменяющих, не исполняющих или ненадлежащим образом исполняющих обязанности по воспитанию детей, совершающих в их отношении противоправные действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) ведут профилактический учет и осуществляют профилактический контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) рассматривают заявления и сообщения о фактах бытового насилия или об угрозе их совершения с выездом на место и принимают меры по их пресечению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) по просьбе потерпевших направляют их в организации по оказанию помощи или организации здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) проводят профилактическую беседу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) производят доставление лица, совершившего бытовое насилие, в органы внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) выносят защитное предписание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) ходатайствуют перед прокурором о даче санкции на продление срока действия защитного предписания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) производят административное задержание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13) ходатайствуют перед судом об установлении особых требований к поведению лица, совершившего бытовое насилие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14) осуществляют уголовное преследование, производство по делам об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15) применяют меры уголовно-процессуального принуждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16) применяют уголовно-правовые меры безопасности потерпевшего;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17) обеспечивают организацию специальных учебных курсов по вопросам профилактики бытового насилия для сотрудников органов внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18) Исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="sub_id=6400" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 13.01.14 г. № 159-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="sub_id=100000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 11. Компетенция уполномоченного органа в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId63" w:anchor="sub_id=50000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Уполномоченный орган в области образования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) Исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="sub_id=811" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 18.02.14 г. № 175-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="sub_id=110001" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) обеспечивает ведение мониторинга и проведение анализа потребностей обучающихся и воспитанников, подвергшихся бытовому насилию, в предоставлении специальных социальных услуг в соответствии со стандартами оказания специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) участвует в разработке нормативных правовых актов в области профилактики бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) разрабатывает и внедряет в практику работы организаций образования программы и методики, направленные на формирование законопослушного поведения обучающихся и воспитанников организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12 изложена в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="sub_id=11200" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 29.09.14 г. № 239-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="sub_id=120000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="sub_id=2300" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 07.07.20 г. № 361-VI (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="sub_id=120000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар. ред.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12. Компетенция уполномоченного органа в области здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId70" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Уполномоченный орган</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в области здравоохранения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) разрабатывает и внедряет в практику работы организаций здравоохранения методические рекомендации по оказанию медицинской и психологической помощи потерпевшим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) участвует в разработке проектов нормативных правовых актов в области профилактики бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="sub_id=2300" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 07.07.20 г. № 361-VI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="sub_id=120000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13. Компетенция организаций здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организации здравоохранения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) оказывают наркологическую, психологическую, психиатрическую, лечебно-профилактическую помощь и проводят медицинскую реабилитацию потерпевших и лиц, совершивших бытовое насилие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) извещают органы внутренних дел о фактах обращения потерпевших и оказания им медицинской помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подпункт 3 изложен в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="sub_id=2313" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 07.07.20 г. № 361-VI (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="sub_id=130000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) реализуют мероприятия по предупреждению немедицинского употребления </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004E7F1D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психоактивных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 14. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исключена в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="sub_id=11214" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 29.09.14 г. № 239-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="sub_id=140000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В статью 15 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="sub_id=815" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 18.02.14 г. № 175-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="sub_id=150000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 15. Организации по оказанию помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Организации по оказанию помощи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) осуществляют прием потерпевших;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) организуют предоставление необходимой психологической, педагогической, медицинской, юридической помощи потерпевшим, при необходимости направляют их в организации здравоохранения для оказания медицинской помощи и дальнейшей реабилитации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) в соответствии с возможностями предоставляют временное проживание потерпевшим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-1) оказывают потерпевшим </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальные социальные услуги</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также обращаются в их интересах в местные исполнительные органы районов, городов областного значения с заявлением о предоставлении гарантированного и (или) дополнительного объема специальных социальных услуг, предоставляемых сверх гарантированного объема;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) проводят </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004E7F1D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психокоррекционные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы с лицами, совершившими бытовое насилие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) информируют органы внутренних дел о фактах бытового насилия или об угрозе их совершения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) осуществляют </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>праворазъяснительную</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу по вопросам профилактики бытового насилия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) осуществляют взаимодействие с физическими и юридическими лицами по вопросам профилактики бытового насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Помощь, предусмотренная подпунктами 1), 2), 3), 4) и 5) части первой настоящего пункта, оказывается потерпевшим независимо от места проживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Организации по оказанию помощи создаются местными исполнительными органами, а также физическими и юридическими лицами в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Финансирование деятельности организации по оказанию помощи осуществляется за счет бюджетных средств и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...919 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. Меры профилактики бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 16. Регулирование отношений, возникающих при применении мер профилактики бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регулирование отношений, возникающих при применении мер профилактики бытового насилия, осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Казахстан о профилактике правонарушений с учетом особенностей, установленных настоящей главой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 17. Меры индивидуальной профилактики бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Меры индивидуальной профилактики бытового насилия применяются для систематического целенаправленного воздействия на правосознание и поведение лица, совершившего бытовое насилие, в целях предупреждения совершения новых правонарушений с его стороны и обеспечения безопасности потерпевшего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Мерами индивидуальной профилактики бытового насилия являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) профилактическая беседа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) доставление в органы внутренних дел лица, совершившего бытовое насилие, для составления протокола об административном правонарушении либо вынесения защитного предписания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) защитное предписание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) административное задержание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) принудительные меры медицинского характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) установление особых требований к поведению правонарушителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) административное взыскание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) лишение либо ограничение родительских прав, отмена усыновления (удочерения) ребенка, освобождение и отстранение опекунов и попечителей от исполнения ими своих обязанностей, досрочное расторжение договора о передаче ребенка на воспитание патронатному воспитателю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) меры процессуального принуждения и меры безопасности потерпевших в уголовном процессе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) меры, принимаемые по приговору суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Меры индивидуальной профилактики бытового насилия определяются с учетом индивидуальных особенностей лица, в отношении которого они применяются, характера и степени общественной опасности, совершенных им правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Решение о применении мер индивидуальной профилактики может быть обжаловано заинтересованными лицами в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 18. Основания для принятия мер индивидуальной профилактики бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Основанием для принятия мер индивидуальной профилактики бытового насилия является одно из следующих обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) поступление заявления или сообщения физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) непосредственное обнаружение сотрудником органа внутренних дел факта совершения бытового насилия либо попытки его совершения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) материалы, поступившие из государственных органов и органов местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Заявления и сообщения о совершении бытового насилия или об угрозе его совершения рассматриваются государственными органами в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="sub_id=2920000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 19. Профилактическая беседа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Основными задачами профилактической беседы являются выявление причин и условий совершения бытового насилия, разъяснение социальных и правовых последствий бытового насилия и убеждение в необходимости законопослушного поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Профилактическая беседа проводится субъектом профилактики бытового насилия с лицом, совершившим бытовое насилие, или в отношении которого имеются основания для принятия мер индивидуальной профилактики бытового насилия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3. Профилактическая беседа проводится в служебных помещениях субъектов профилактики бытового насилия, а также по месту жительства, учебы, работы либо непосредственно на месте совершения бытового насилия, и не может продолжаться более одного часа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Лицо, с которым проводится профилактическая беседа, предупреждается о необходимости прекращения противоправных действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Профилактическая беседа с несовершеннолетним проводится в присутствии его родителей, педагогов или других законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В статью 20 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="sub_id=820" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 18.02.14 г. № 175-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="sub_id=200000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 20. Защитное предписание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В пункт 1 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="sub_id=1800" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 05.07.14 г. № 236-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="sub_id=200000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="sub_id=500" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 02.11.15 г. № 388-V (введен в действие с 1 января 2016 г.) (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="sub_id=200000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар. ред.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>); изложен в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="sub_id=1100" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 12.07.18 г. № 180-VI (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="sub_id=200000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар. ред.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В целях обеспечения безопасности потерпевшего и при отсутствии оснований для производства административного задержания в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="sub_id=7870000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, предусмотренном Кодексом Республики Казахстан об административных правонарушениях, либо задержания в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="sub_id=1280000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 128</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Уголовно-процессуального кодекса Республики Казахстан, начальниками территориального органа полиции, местной полицейской службы органа внутренних дел, их заместителями, участковыми инспекторами полиции, инспекторами по делам несовершеннолетних и по защите женщин от насилия выносится защитное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предписание с учетом мнения потерпевшего, которое вручается для исполнения лицу, совершившему бытовое насилие либо от которого исходит угроза его совершения, под расписку. В случае отказа от подписания в защитном предписании делается запись об этом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Потерпевшему должна быть предоставлена копия защитного предписания под расписку в день его вынесения с разъяснением его прав, а также правовых последствий в случае нарушения защитного предписания лицом, в отношении которого оно вынесено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Копия защитного предписания в течение двадцати четырех часов с момента его вручения лицу, в отношении которого оно вынесено, направляется прокурору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Защитное предписание выносится в отношении вменяемого лица, достигшего на момент его вынесения шестнадцатилетнего возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Защитным предписанием запрещается совершать бытовое насилие, вопреки воле потерпевшего разыскивать, преследовать, посещать, вести устные, телефонные переговоры и вступать с ним в контакты иными способами, включая несовершеннолетних и (или) недееспособных членов его семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. В защитном предписании указываются: время и место его вынесения, кем и в отношении кого оно вынесено, место, время и обстоятельства совершения или угрозы совершения бытового насилия, установленные ограничения в отношениях с потерпевшим, правовые последствия в случаях продолжения противоправных действий и нарушения защитного предписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Срок действия защитного предписания составляет тридцать суток с момента его вручения лицу, в отношении которого оно вынесено. Периодичность проверки составляет не менее одного раза в семь календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Исключен в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="sub_id=820" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 18.02.14 г. № 175-V </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:anchor="sub_id=200600" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Нарушение защитного предписания влечет ответственность, установленную </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="sub_id=4610000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Лицо, в отношении которого вынесено защитное предписание, органами внутренних дел ставится на профилактический учет и за ним осуществляется профилактический контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 21. Административное задержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В целях пресечения бытового насилия, содержащего состав административного правонарушения, и при наличии оснований полагать, что вынесение защитного предписания недостаточно для обеспечения безопасности потерпевшего, должностное лицо органов внутренних дел производит административное задержание лица, совершившего бытовое насилие, которое заключается во временном его лишении свободы действия и передвижения с принудительным содержанием в специальном помещении.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Порядок, сроки административного задержания, права и обязанности лиц, подвергнутых административному задержанию, определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="sub_id=7870000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В статью 22 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="sub_id=822" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 18.02.14 г. № 175-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="sub_id=220000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-        <w:t>принциптері</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 22. Установление особых требований к поведению правонарушителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. В целях обеспечения безопасности потерпевшего судом могут быть установлены особые требования к поведению лица, совершившего бытовое насилие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Установление особых требований к поведению правонарушителя является мерой административно-правового воздействия и применяется как наряду с наложением административного взыскания, так и вместо него при освобождении лица, совершившего административное правонарушение, от административной ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Лицу, в отношении которого установлены особые требования к поведению, может быть запрещено:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) вопреки воле потерпевшего разыскивать, преследовать, посещать, вести устные, телефонные переговоры и вступать с ним в контакты иными способами, включая несовершеннолетних и (или) недееспособных членов его семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) приобретать, хранить, носить и использовать </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>огнестрельное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другие виды оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пункт дополнен подпунктом 3 в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="sub_id=22" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 12.07.18 г. № 180-VI; изложен в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="sub_id=2322" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 07.07.20 г. № 361-VI (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="sub_id=220300" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) немедицинское употребление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психоактивных</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...1548 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> веществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В исключительных случаях для охраны и защиты потерпевшего и членов его семьи суд вправе применить также меру административно-правового воздействия в виде запрета лицу, совершившему бытовое насилие, проживать в индивидуальном жилом доме, квартире или ином жилище с потерпевшим в случае наличия у этого лица другого жилища.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. В течение срока действия особых требований к поведению правонарушителя на него могут быть возложены обязанности являться </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в органы внутренних дел от одного до четырех раз в месяц для профилактической беседы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26990FFC" w14:textId="77777777" w:rsidR="004E7F1D" w:rsidRPr="004E7F1D" w:rsidRDefault="004E7F1D" w:rsidP="004E7F1D">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Порядок установления особых требований к поведению правонарушителя, сроки его действия, права и обязанности участников производства по делам об административных правонарушениях определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="sub_id=540000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Лицо, в отношении которого установлены особые требования к поведению, органами внутренних дел ставится на профилактический учет и за ним осуществляется профилактический контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 23. Меры процессуального принуждения и меры безопасности в уголовном процессе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пункт 1 изложен в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="sub_id=5500" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 03.07.14 г. № 227-V (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="sub_id=230000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. В целях пресечения бытового насилия, содержащего состав уголовного правонарушения, и обеспечения безопасности потерпевшего, свидетеля и других лиц, участвующих в уголовном судопроизводстве, членов их семей и близких родственников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органами, осуществляющими уголовное преследование и ведущими уголовный процесс, применяются меры процессуального принуждения и процессуальные меры безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Основания для применения мер процессуального принуждения и процессуальных мер безопасности, порядок их применения, права и обязанности лиц, участвующих в уголовном процессе, определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:anchor="sub_id=1280000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Уголовно-процессуальным кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 4. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 24 изложена в редакции </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="sub_id=2900" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> РК от 11.07.17 г. № 91-VI (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="sub_id=240000" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>см. стар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>р</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ед.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 24. Надзор за соблюдением законности в сфере профилактики бытового насилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Высший надзор за соблюдением законности в сфере профилактики бытового насилия осуществляется органами прокуратуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 25. Соблюдение конфиденциальности при осуществлении помощи потерпевшим</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения о личной и семейной жизни потерпевших являются конфиденциальной информацией и разглашению не подлежат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Разглашение конфиденциальной информации лицом, которому в силу служебного положения стал известен факт бытового насилия, влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...319 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 26. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:history="1">
+        <w:r w:rsidRPr="00680084">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="333399"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>опубликования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA5AA54" w14:textId="77777777" w:rsidR="004E7F1D" w:rsidRPr="004E7F1D" w:rsidRDefault="004E7F1D" w:rsidP="004E7F1D">
-[...2218 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...340 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Президент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н. НАЗАРБАЕВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004E7F1D">
-[...11 lines deleted...]
-        <w:t>әлеуметтік</w:t>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Акорда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004E7F1D">
-[...63144 lines deleted...]
-    <w:sectPr w:rsidR="00276816" w:rsidSect="004E7F1D">
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 4 декабря 2009 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00680084" w:rsidRPr="00680084" w:rsidRDefault="00680084" w:rsidP="00680084">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00680084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 214-IV ЗРК</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w:rsidR="0018153F" w:rsidRDefault="0018153F"/>
+    <w:sectPr w:rsidR="0018153F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...307 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D96E8F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D96E8F"/>
+    <w:rsidRoot w:val="00E452C2"/>
+    <w:rsid w:val="0018153F"/>
+    <w:rsid w:val="00680084"/>
+    <w:rsid w:val="00E452C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4DA6A23A-5346-477B-A7A5-2C1AA363F957}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
-[...376 lines deleted...]
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1062557180">
+    <w:div w:id="640573179">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="871303792">
+        <w:div w:id="1619295418">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1667318300">
+        <w:div w:id="556623990">
           <w:marLeft w:val="0"/>
-          <w:marRight w:val="0"/>
+          <w:marRight w:val="150"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1325864032">
+            <w:div w:id="686443894">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1725714834">
-              <w:marLeft w:val="0"/>
+            <w:div w:id="934365994">
+              <w:marLeft w:val="450"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
-                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...28 lines deleted...]
-                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:top w:val="single" w:sz="6" w:space="2" w:color="0F0F0F"/>
+                <w:left w:val="single" w:sz="6" w:space="5" w:color="0F0F0F"/>
+                <w:bottom w:val="single" w:sz="6" w:space="2" w:color="0F0F0F"/>
+                <w:right w:val="single" w:sz="6" w:space="5" w:color="0F0F0F"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2000000361" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000388" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000214_/history" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000214_/z090214_.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2000000361" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1800000180" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000214_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000214_/z090214_.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2000000361" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000214_/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000075" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2000000361" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1800000180" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1700000091" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000214_/links" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000214_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2000000361" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000075" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000236" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000214_/info" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30369331" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=1005029" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30118747" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=36905951" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31509119" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34803153" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=38849735" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=37753338" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30044669" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31509119" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=33398651" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30369331" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31577399" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525682" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=32531307" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31577399" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35388740" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414182" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31508988" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=33398651" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=1003592" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31576969" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=1005029" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414182" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31575506" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525682" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=1049318" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=39656047" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31609276" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31577399" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31577399" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31509119" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414777" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31508988" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=39427968" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30369331" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30369331" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414777" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31509119" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=36905951" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31509119" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30657323" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31641624" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31509119" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34803153" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=33398651" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31508988" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414182" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414182" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31617549" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31508988" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31641624" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=36905951" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31575852" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31509119" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414182" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31609276" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35669011" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31492344" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=34329053" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31508988" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414777" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31508988" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=36905951" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31575852" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414777" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=33398651" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31508988" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31509119" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31414777" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31617549" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=30525680" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=37753338" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31493202" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=31508988" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.zakon.kz/Document/?doc_id=35771197" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>27828</Characters>
+  <Pages>10</Pages>
+  <Words>5383</Words>
+  <Characters>30687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>231</Lines>
-  <Paragraphs>65</Paragraphs>
+  <Lines>255</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32645</CharactersWithSpaces>
+  <CharactersWithSpaces>35999</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>