--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,22155 +1,19381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
-[...28 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD1C69">
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00DD1C69">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00DD1C69">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НА ВАКАНТНЫЕ И ВРЕМЕННО ВАКАНТНЫЕ МЕСТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00DD1C69">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПЕДАГОГИЧЕСКИХ РАБОТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00DD1C69">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГКП « Ясли – сад  №2 города Павлодара» образования города Павлодара, управления образования Павлодарской области объявляет конкурс на вакантные и временно вакантные места:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="10796" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="563"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1918"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="1676"/>
+        <w:gridCol w:w="1520"/>
+        <w:gridCol w:w="1527"/>
+        <w:gridCol w:w="1807"/>
         <w:gridCol w:w="3003"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidTr="00583FA0">
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0024415D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="1676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>бос лауазым</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вакантная должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>жүктеме көлемі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем нагрузки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1014" w:type="dxa"/>
+            <w:tcW w:w="1527" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>оқыту тілі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1918" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Адрес детского сада</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...75 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контакты, электронный адрес</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidTr="00583FA0">
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0024415D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>1</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="1676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00003261" w:rsidP="00682727">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>тәрбиеші</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воспитатель </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00003261">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...20 lines deleted...]
-              <w:t>мөлшерлемесі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1014" w:type="dxa"/>
+            <w:tcW w:w="1527" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007C30E7" w:rsidP="00682727">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>қазақ</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казахский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1918" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="002D3DB4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00DD1C69">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Павлодар қаласы, Камзина 360/1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г. Павлодар, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="002D3DB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.К</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="002D3DB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>амзина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002D3DB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 360/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00CD0B4B">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:eastAsia="en-US"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8(7182)-</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3DB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>57-82-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD1C69">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD1C69">
-[...15 lines deleted...]
-              <w:t>ys_2@mail.ru</w:t>
+            <w:r w:rsidR="002D3DB4">
+              <w:t xml:space="preserve"> ys_2@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00DD1C69" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
-      <w:pPr>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В конкурсе могут участвовать педагоги, соответствующие Типовым квалификационным характеристикам педагогов и предоставившие документы согласно утвержденному перечню.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00DD1C69">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С квалификационными  требованиями и перечнем  необходимых документов для участия в конкурсе вы можете ознакомиться на сайте организации образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов на участие в конкурсе производится в течение семи рабочих дней со дня последней даты опубликования объявления о проведении конкурса. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...59 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00DD1C69">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок приема документов с </w:t>
+      </w:r>
+      <w:r w:rsidR="007B258F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00A00213">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>07</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3DB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00DD1C69">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00A00213">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="007B258F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>14</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRPr="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="002D3DB4" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> №2</w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00003261" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Воспитатель с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>государственном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> языком обучения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>07</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00DD1C69">
-[...121 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:t>-0</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3DB4">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:t xml:space="preserve">-2022 </w:t>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="002D3DB4">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>09:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="x-phmenubutton"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">КГКП «Ясли-сад №2 города Павлодара»  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D3DB4">
+        <w:t>Камзина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D3DB4">
+        <w:t xml:space="preserve"> 360/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">,                          телефон  8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3DB4">
+        <w:t xml:space="preserve">57-82-22; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D3DB4">
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D3DB4">
+        <w:t>: ys_2@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...92 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="0024415D" w:rsidP="00E22DC8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
         <w:contextualSpacing/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00421C4C" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z1194"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20. Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) педагог-модератор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог" (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать получение детьми, знаний, умений и навыков, предусмотренных государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть методикой дошкольного воспитания и обучения и осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      применять инновационные методики и технологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в деятельности районных, методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      повышать свою профессиональную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обобщать опыт на уровне организации образования, иметь участников конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) педагог-эксперт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к педагогу-модератору:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать получение воспитанниками знаний, умений и навыков, предусмотренных Стандартом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть механизмом диагностики детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      развивать исследовательские навыки детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      осуществлять участие детей в районных, городских, конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в деятельности методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      повышать свою профессиональную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть навыками анализа организованной учебной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и конструктивно определять приоритеты профессионального развития: собственного и коллег на уровне организации образования, на уровне района/города, иметь участников конкурсов, соревнований на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) педагог-исследователь:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в деятельности районных, городских методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      развивать исследовательские навыки детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять участие детей в городских, областных конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      практиковать наставничество;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть навыками публичных выступлений и взаимодействия с аудиторией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      применять современные методики воспитания и обучения детей дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      иметь методические разработки по вопросам дошкольного воспитания и обучения на уровне района, города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть навыками исследования занятия и разработки инструментов оценивания, обеспечивать развитие исследовательских навыков воспитанников, осуществлять наставничество и конструктивно определять стратегии развития в педагогическом сообществе на уровне района, города, обобщать опыт на уровне области/городов республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      наличие участников конкурсов, соревнований на уровне области/городов республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) педагог-мастер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      участвовать в семинарах, конкурсах и конференциях областного и республиканского или международного уровней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      владеть умениями и навыками разработки учебных программ, методик воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять участие детей в городских, областных, республиканских конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      иметь авторскую программу или является автором (соавтором) изданных учебников, учебно-методических пособий, получивших одобрение на Республиканском учебно-методическом совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      обеспечивать развитие навыков проектирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и планировать развитие сети профессионального сообщества на уровне области, являться участником республиканских и международных конкурсов или подготовил участников республиканских и международных конкурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="0024415D" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z1164"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>здоровьесберегающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>игровая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="0024415D" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z1168"/>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/rus/docs/K950001000_" \l "z67" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Конституцию</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z205" w:history="1">
+        <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z4" w:history="1">
+        <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z33" w:history="1">
+        <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E22DC8" w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение 7 рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> №2</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3DB4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3DB4">
+        <w:t>Камзина 360/1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00626354">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00626354">
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>    9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t>      10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность музыкального руководителя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3DB4" w:rsidRDefault="0024415D" w:rsidP="002D3DB4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:b w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00583FA0">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...104 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3DB4" w:rsidRPr="002D3DB4" w:rsidRDefault="002D3DB4" w:rsidP="002D3DB4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+          <w:rStyle w:val="x-phmenubutton"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">57-82-22; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>очта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: ys_2@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...429 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...623 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...405 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3DB4" w:rsidRDefault="002D3DB4" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...371 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3DB4" w:rsidRDefault="002D3DB4" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...316 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3DB4" w:rsidRDefault="002D3DB4" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...267 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRPr="00421C4C" w:rsidRDefault="00583FA0" w:rsidP="00583FA0">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B12969" w:rsidRPr="00626354" w:rsidRDefault="00B12969" w:rsidP="0024415D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...680 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="kk-KZ"/>
-[...59 lines deleted...]
-    <w:p w:rsidR="00583FA0" w:rsidRDefault="00583FA0" w:rsidP="00D863E0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
       <w:pPr>
         <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-        <w:ind w:right="1204"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 10 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="6399" w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:before="33" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1202"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape20" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,241" coordsize="2803,0" path="m7625,241r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape21" o:spid="_x0000_s1027" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,504" coordsize="2803,0" path="m7625,504r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:before="33" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7377" w:right="1402" w:hanging="127"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орган, объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape22" o:spid="_x0000_s1028" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,339" coordsize="9514,0" path="m1260,339r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape23" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape24" o:spid="_x0000_s1030" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape25" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,730" coordsize="9514,0" path="m840,730r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="105" w:firstLine="419"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape26" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,317" coordsize="9654,0" path="m840,317r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1486"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape27" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,318" coordsize="9654,0" path="m840,318r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="905"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="21"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...2408 lines deleted...]
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3212"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4486"/>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidTr="0065756F">
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
         <w:trPr>
-          <w:trHeight w:val="661"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>Оқу</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D863E0">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>орнының</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D863E0">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>Оқу</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D863E0">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>кезеңі</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D863E0">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>мамандық</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidTr="0065756F">
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
         <w:trPr>
-          <w:trHeight w:val="183"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...28 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-      <w:pPr>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="25"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape28" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape29" o:spid="_x0000_s1035" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сведения (при наличии) __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Даю согласие на обработку моих персональных данных, без ограничения срока,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>любыми законными способами, соответствующими целям обработки персональных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>данных (для использования фото, видео, в том числе в информационных системах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>персональных данных с использованием средств автоматизации или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>без использования таких средств).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а) об ответственности за попытку использования одного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>из запрещенных предметов в здании, где будет проходить тестирование,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>об удалении с составлением соответствующего акта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а), что при обнаружении запрещенного предмета лишаюсь права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>прохождения тестирования сроком на один год.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а), что при установлении фактов нарушения правил во время проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тестирования, а также обнаруженных при просмотре видеозаписи, независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от срока сдачи, составляется акт и производится аннулирование результатов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Запрещенные предметы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мобильные средства связи (пейджер, сотовые телефоны, планшеты, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айпад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(Айпод), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айфон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Смартфон), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Смартчасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ноутбуки, плееры, модемы (мобильные роутеры);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>любые виды радио-электронной связи (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wi-Fi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-фай), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bluetooth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Блютуз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дект</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), 3G (3 Джи), 4G (4 Джи), 5G (5 Джи);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наушники проводные и беспроводные и прочее;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шпаргалки и учебно-методические литературы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>калькуляторы и корректирующие жидкости.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а) ________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>С Правилами проведения тестирования и конкурса ознакомлен (а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"____" ______________20___года ____________________ /подпись/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD39D6" w:rsidRPr="00626354" w:rsidRDefault="00BD39D6" w:rsidP="00626354">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E22DC8" w:rsidRPr="00626354" w:rsidRDefault="00E22DC8" w:rsidP="00E22DC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Перечень необходимых документов для участия в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов, указанных в объявлении, направляет следующие документы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронном или бумажном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>виде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление об участии в конкурсе с указанием перечня </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прилагаемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-        <w:t>Бі</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документовпо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форме согласно приложению 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) документ, удостоверяющий личность либо электронный документ из </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сервисацифровых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) копии документов об образовании в соответствии с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предъявляемыми</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-        <w:t>іктілік</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности квалификационными требованиями, утвержденными Типовыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационными характеристиками педагогов; (вкладыш от диплома)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>исполняющегообязанности</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D863E0">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 октября 2020 года№ Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>областиздравоохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9) справку о наличии либо отсутствии судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10) справку из противотуберкулезного диспансера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11) санитарная книжка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) заполненный Оценочный лист кандидата на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или временно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную должность педагога по форме согласно приложению 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кандидат при наличии представляет дополнительную информацию,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>касающуюся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>степенейи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14) фото на документы 5х6 (2шт.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) Паспорт вакцинации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из указанных документов является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRDefault="00626354">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00626354" w:rsidRPr="00626354" w:rsidRDefault="00626354">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...60 lines deleted...]
-    <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должностей первых руководителей и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...42 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="6904"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="docshapegroup30" o:spid="_x0000_s1036" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="_x0000_s1037" style="position:absolute" from="0,4" to="2803,4" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007B258F" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape31" o:spid="_x0000_s1038" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251644928;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,238" coordsize="2803,0" path="m7625,238r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00626354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9346" w:type="dxa"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="948"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidTr="0065756F">
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
         <w:trPr>
-          <w:trHeight w:val="1655"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D863E0">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...26 lines deleted...]
-              <w:t>өтілі</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...138 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...27 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D863E0">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D863E0">
-[...108 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с отличием = 7 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidTr="0065756F">
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
         <w:trPr>
-          <w:trHeight w:val="361"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="1123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...41 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D863E0" w:rsidRPr="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...3701 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1001 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D863E0" w:rsidRPr="00881A0C" w:rsidTr="0065756F">
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="5360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00881A0C" w:rsidRDefault="00D863E0" w:rsidP="0065756F">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00881A0C" w:rsidRDefault="00D863E0" w:rsidP="0065756F">
-[...11 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00881A0C">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00881A0C">
-[...273 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D863E0" w:rsidRPr="00881A0C" w:rsidTr="0065756F">
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="2034"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00881A0C" w:rsidRDefault="00D863E0" w:rsidP="0065756F">
-[...17 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D863E0" w:rsidRPr="00881A0C" w:rsidRDefault="00D863E0" w:rsidP="0065756F">
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00881A0C">
-[...6 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>впервые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="155" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="283" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="104" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="238"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="24" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="212" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="157"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="256" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="216" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦПМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НИШ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Максимальный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626354">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D863E0" w:rsidRPr="00881A0C" w:rsidRDefault="00D863E0" w:rsidP="00D863E0">
-[...8957 lines deleted...]
-    <w:p w:rsidR="00D863E0" w:rsidRDefault="00D863E0" w:rsidP="00D863E0"/>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidSect="005B5D4A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="566" w:bottom="851" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -22520,87 +19746,77 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0024415D"/>
     <w:rsid w:val="00003261"/>
-    <w:rsid w:val="00083156"/>
     <w:rsid w:val="0024415D"/>
     <w:rsid w:val="002D3DB4"/>
-    <w:rsid w:val="00421C4C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00583FA0"/>
     <w:rsid w:val="00626354"/>
-    <w:rsid w:val="007340A5"/>
+    <w:rsid w:val="007B258F"/>
     <w:rsid w:val="007C30E7"/>
-    <w:rsid w:val="008F65A6"/>
-    <w:rsid w:val="00A00213"/>
     <w:rsid w:val="00B12969"/>
-    <w:rsid w:val="00B758B7"/>
     <w:rsid w:val="00BD39D6"/>
-    <w:rsid w:val="00C71AF6"/>
     <w:rsid w:val="00D571CF"/>
-    <w:rsid w:val="00D863E0"/>
     <w:rsid w:val="00E22DC8"/>
-    <w:rsid w:val="00EE1081"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1039"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -23157,51 +20373,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1377046702">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025349" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -23448,69 +20664,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3271</Words>
-  <Characters>18645</Characters>
+  <Words>3280</Words>
+  <Characters>18696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>155</Lines>
   <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21873</CharactersWithSpaces>
+  <CharactersWithSpaces>21933</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>