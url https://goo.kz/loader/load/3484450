--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,1741 +1,1726 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="004454D2" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявление  о   проведении  конкурса  на занятие </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FA6B4B">
+        </w:rPr>
+        <w:t xml:space="preserve">временно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A17E12">
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной  должности  учителя  </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7EC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00987D1C">
+        </w:rPr>
+        <w:t>английского</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FA6B4B">
+        </w:rPr>
+        <w:t xml:space="preserve">  языка  в  классах  с  казахским  языком  обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...12 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00096BD0" w:rsidRDefault="00601EE9" w:rsidP="00096BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096BD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі» КММ</w:t>
+        </w:rPr>
+        <w:t>Наименование  организации  образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  КГУ «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кенжекольская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СОШ г. Павлодара»  отдела образования  города Павлодара, управления  образования  Павлодарской  области. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...41 lines deleted...]
-        <w:t>: ksosh@goo.edu.kz</w:t>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00EF34B8" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес  местонахождения:  г. Павлодар,  село </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кенжеколь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ул. Площадь  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Зан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  строение 1/7, тел: 353461. Эл почта:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ksosh@goo.edu.kz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="004454D2" w:rsidRDefault="00601EE9" w:rsidP="00096BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бос </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA6B4B">
+        <w:t>Наименование  вакантной  должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  Учитель </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>английского</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  языка  </w:t>
+      </w:r>
+      <w:r w:rsidR="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в  классах с  казахским  языком  обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  час</w:t>
+      </w:r>
+      <w:r w:rsidR="00096BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Функциональные  обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00EF05C9" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.1 Осуществление обучения, воспитания учащихся с учетом их индивидуальных особенностей и возраста.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.2. Организация и содействие в осуществлении внеурочной деятельности, направленной на получение дополнительного образования, исследовательских навыков.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.3. Закрепление знаний, умений и навыков, развитие творческих способностей обучающихся, которые, в свою очередь, должны соответствовать заявленным стандартам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.4. Обеспечение гигиенических и санитарных норм во время проведения учебных занятий и внеурочных мероприятий. Отслеживание соблюдения правил безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00EF05C9" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.5. Обеспечение должного уровня подготовки учеников. Результат должен соответствовать закрепленным на государственном уровне стандартам образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.6. Разработка учебных программ, составление образовательных планов и обеспечение их реализации. Составление тематических планов для каждого учебного занятия с учетом образовательных стандартов и уровня подготовки учеников.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.7. Организация образовательной и внеурочной деятельности разнообразных видов с учетом подготовки, индивидуальных особенностей, творческих способностей и задатков учеников.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.8. Проведение учебных занятий строго в общепринятых стандартах, но с применениями разнообразных методов подачи материала и мониторинга знаний учащихся.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2.9. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведением тетрадей  обучающихся, ведение установленного орфографического режима.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.0. Обеспечение охраны жизни и здоровья учеников во время проведения образовательных занятий, выездных и локальных мероприятий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.1. Выявление вероятных индивидуальных проблем и сложностей у обучающихся, сложностей в освоении учебной программы и оказание помощи в их преодолении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.2. Проведение контрольных работ в рамках требований образовательной программы о ведении отчетности об освоении учебного материала.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.3. Своевременная передача данных дежурному учебного заведения о совершившихся несчастных случаях и оказание первой помощи при необходимости.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.4. Хранение тетрадей для проведения проверочных работ в учебном кабинете на протяжении всего учебного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.5. Участие во всех педагогических советах и совещаниях,  конференциях и внеклассных мероприятиях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.6. Регулярное (ежегодное) прохождение медицинских осмотров.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.7. Организация участия обучающихся в разнообразных конкурсных мероприятиях и фестивалях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">3.8. Ведет  в установленном  порядке классную документацию, осуществляет  текущий контроль посещаемости  и  успеваемости  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,  выставляет  соответствующие  баллы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00EF05C9" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.9. Соблюдает  устав  и  Правила  внутреннего  трудового распорядка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00EF05C9" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4.0. Соблюдает этические  нормы  поведения в  стенах школы, в  общественных  местах, в быту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00EF05C9" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымның атауы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA6B4B">
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оплата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="001F7EC4" w:rsidRPr="001F7EC4" w:rsidRDefault="001F7EC4" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F7EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">қазақ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA6B4B">
+        <w:t xml:space="preserve"> среднее специальное  образование до 1 года 144590 тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="004454D2" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- высшее образование со стажем </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы до одного года: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7EC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">тілінде оқытатын </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A17E12">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7EC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">сыныптардағы </w:t>
-[...32 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>56</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="00EF05C9" w:rsidRDefault="00601EE9" w:rsidP="00096BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Квалификационные  требования: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF05C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В соответствии   с приказом Министра  образования  и науки Республики  Казахстан от 13 июля 2009 года №338.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00601EE9" w:rsidRPr="004454D2" w:rsidRDefault="00601EE9" w:rsidP="00096BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Срок  приёма  документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с   </w:t>
+      </w:r>
+      <w:r w:rsidR="00346D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00047D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2  апреля</w:t>
+      </w:r>
+      <w:r w:rsidR="00346D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00987D1C">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00FA6B4B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года по </w:t>
+      </w:r>
+      <w:r w:rsidR="00346D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00047D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00346D55">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00C04EDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>апреля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2022  года.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00096BD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004454D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-          <w:b/>
+        <w:t>Перечень  документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004454D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...25 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00984080" w:rsidRDefault="00984080" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление   об  участии  в конкурсе  с  указанием  перечня  прилагаемых  документов  по  форме  согласно  приложению  10</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>2.2. Қосымша білім алуға, зерттеу дағдыларын алуға бағытталған сабақтан тыс қызметті ұйымдастыру және жүзеге асыруға жәрдемдесу.</w:t>
+    <w:p w:rsidR="00984080" w:rsidRDefault="00984080" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Документ, удостоверяющий  личность  либо  электронный  документ  из  сервиса  цифровых  документов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>2.3. Білім алушылардың білімін, іскерлігін және дағдыларын бекіту, шығармашылық қабілеттерін дамыту, олар өз кезегінде мәлімделген стандарттарға сәйкес келуі тиіс.</w:t>
+    <w:p w:rsidR="00984080" w:rsidRDefault="00984080" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заполненный  личный  листок  по учету кадров </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с указанием  фактического  места  жительства  и контактных  телефонов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>2.4. Оқу сабақтары мен сабақтан тыс іс-шараларды өткізу кезінде гигиеналық және санитарлық нормаларды қамтамасыз ету. Қауіпсіздік ережелерін сақтауды бақылау.</w:t>
+    <w:p w:rsidR="00984080" w:rsidRDefault="00984080" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копию  документов  об  образовании  в соответствии с  предъявляемыми  к  должности  квалификационными  требованиями, утвержденными Типовыми  квалификационными  характеристиками  педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>2.5. Оқушыларды даярлаудың тиісті деңгейін қамтамасыз ету. Нәтиже мемлекеттік деңгейде бекітілген білім беру стандарттарына сәйкес келуі тиіс.</w:t>
+    <w:p w:rsidR="00984080" w:rsidRDefault="00984080" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Копию  документа,  подтверждающего  трудовую  деятельность (при наличии</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7EC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>2.6. Оқу бағдарламаларын әзірлеу, білім беру жоспарларын құру және олардың іске асырылуын қамтамасыз ету. Білім беру стандарттары мен оқушылардың дайындық деңгейін ескере отырып, әр сабаққа тақырыптық жоспарлар құру.</w:t>
+    <w:p w:rsidR="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка о состоянии здоровья по форме, утвержденной  приказом  исполняющего  обязанности Министра  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здравохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  РК  от 30  октября 2020  года № КР ДСМ – 175/2020  «Об   утверждении  форм  учетной  документации в  области  здравоохранения» </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зарегистрирован  в  Реестре  государственной  регистрации  нормативных  правовых  актов  под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>2.7. Оқушылардың дайындығын, жеке ерекшеліктерін, шығармашылық қабілеттері мен бейімділігін ескере отырып, әр түрлі білім беру және сабақтан тыс жұмыстарды ұйымдастыру.</w:t>
+    <w:p w:rsidR="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справка  с  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психоневрологической</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>2.8. Оқу сабақтарын қатаң түрде жалпы қабылданған стандарттарда, бірақ материалды ұсынудың және оқушылардың білімін бақылаудың әртүрлі әдістерін қолдана отырып өткізу.</w:t>
+    <w:p w:rsidR="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справка  с  наркологической  организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>2.9. Білім алушылардың дәптерлерінің жүргізілуін бақылау, белгіленген орфографиялық режимді жүргізу.</w:t>
+    <w:p w:rsidR="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сертификат Национального  квалификационного  тестирования  или  удостоверение  о наличии  квалификационной  категории  педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>3.0. Білім беру сабақтарын, көшпелі және жергілікті іс-шараларды өткізу кезінде оқушылардың өмірі мен денсаулығын қорғауды қамтамасыз ету.</w:t>
+    <w:p w:rsidR="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заполненный  Оценочный  лист  кандидата  на вакантную  должность  педагога  по  форме </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>согласно приложения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  11.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...16 lines deleted...]
-        <w:t>3.1. Білім алушылардың ықтимал жеке проблемалары мен қиындықтарын, оқу бағдарламасын игерудегі қиындықтарды анықтау және оларды жеңуге көмек көрсету.</w:t>
+    <w:p w:rsidR="00984080" w:rsidRPr="00984080" w:rsidRDefault="00984080" w:rsidP="00984080">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок  временно вакантной  должности : </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25  мая  2022 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00601EE9" w:rsidRDefault="00601EE9" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="008D54D5" w:rsidRDefault="008D54D5" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...18 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...19 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00987D1C" w:rsidRPr="00987D1C" w:rsidRDefault="00987D1C" w:rsidP="00FA6B4B">
-[...53 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00987D1C" w:rsidRPr="00987D1C" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...35 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...39 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...129 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA6B4B" w:rsidRPr="00FA6B4B" w:rsidRDefault="00FA6B4B" w:rsidP="00FA6B4B">
-[...489 lines deleted...]
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Приложение 10 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">к </w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Форма</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>государственный орган, объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
@@ -1777,1336 +1762,1300 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">                         (должность, место работы)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="0050793A" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="0050793A" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0050793A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной должности</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нужное подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________________________________           наименование организаций образования, адрес (область, район, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>город\село</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В настоящее время работаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>___________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">                                                должность, наименование организации, адрес (область, район, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>город\село</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9823" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3869"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:trPr>
           <w:trHeight w:val="363"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Стаж педагогической работы: ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Имею следующие результаты работы: ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...1 lines deleted...]
-        <w:ind w:left="5670"/>
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 11 </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Приложение 11 </w:t>
+        <w:t xml:space="preserve">равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">к </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00E7064E">
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D66D0" w:rsidRPr="0050793A" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="0050793A" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
-        <w:jc w:val="right"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0050793A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E7064E">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="0050793A" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...75 lines deleted...]
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="843"/>
         <w:gridCol w:w="2918"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="3744"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:trPr>
           <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="0050793A" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="0050793A" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050793A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="0050793A" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="0050793A" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050793A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Подтверждающий документ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="0050793A" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="0050793A" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050793A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Кол-во баллов </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="0050793A" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="0050793A" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="283" w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050793A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> и профессиональное = 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00F918AB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Высшее</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> очное = 5 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>высшее</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -3121,215 +3070,215 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дистанционное</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>диплом о высшем образовании с отличием = 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Магистр</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3341,335 +3290,335 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>или специалист с высшим образованием = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>баллов;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>PHD-доктор = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Доктор наук = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кандидат наук = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00A35720" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00A35720" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Национальное квалификационное тестирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от 50 до </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3699,51 +3648,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3773,51 +3722,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3838,51 +3787,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>80 баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3903,82 +3852,82 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>90 баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По методике и педагогике</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -4055,51 +4004,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4150,51 +4099,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4254,51 +4203,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4385,121 +4334,121 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
-[...10 lines deleted...]
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог-модератор»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4529,51 +4478,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4595,51 +4544,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4671,51 +4620,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4756,83 +4705,83 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>По методике и педагогике</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -4910,51 +4859,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5014,51 +4963,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5109,51 +5058,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5213,121 +5162,121 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
-[...10 lines deleted...]
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 50 до 60 баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5348,51 +5297,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5414,51 +5363,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5471,51 +5420,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5537,82 +5486,82 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По методике и педагогике</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -5671,51 +5620,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5775,51 +5724,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5889,51 +5838,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5993,121 +5942,121 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
-[...10 lines deleted...]
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 50 до 60 баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -6128,51 +6077,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -6185,51 +6134,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -6262,130 +6211,130 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 80 до90 баллов =</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По методике и педагогике</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -6444,51 +6393,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -6557,51 +6506,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -6652,51 +6601,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -6756,83 +6705,83 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00B23E0F" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00B23E0F" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог-мастер»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -6840,69 +6789,69 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
@@ -6911,425 +6860,425 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Квалификация/Категория. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66" w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Удостоверение, иной документ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2 категория </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1 категория </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>= 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Высшая категория</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Педагог-эксперт = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Педагог-исследователь = 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Педагог-мастер = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -7337,278 +7286,278 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>трудовая книжка/документ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 1 до 3 лет = 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 3 до 5 лет = 1,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 5 до 10 лет = 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 10 и более = 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -7616,51 +7565,51 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Опыт административной и </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
@@ -7668,51 +7617,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>трудовая книжка/документ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -7720,191 +7669,191 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>методист = 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>заместитель директора</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>= 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>директор = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
@@ -7913,51 +7862,51 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Для педагогов</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
@@ -7976,160 +7925,160 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики «отлично» = 1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«хорошо» = 0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="008878B0" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="008878B0" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -8137,51 +8086,51 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="008878B0" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="008878B0" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Рекомендательное письмо</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -8199,220 +8148,220 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="008878B0" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="008878B0" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="008878B0" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="008878B0" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Наличие </w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>положительно</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>го рекомендательного письма</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="008878B0" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="008878B0" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> минус 3</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00FD3160" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00FD3160" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -8420,486 +8369,486 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">призеры олимпиад и конкурсов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">научных проектов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>приз</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>еры олимпиад и конкурсов =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">участник конкурса «Лучший педагог» </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">призер конкурса «Лучший педагог» </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
-[...65 lines deleted...]
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>обладатель медали «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -8984,69 +8933,69 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
@@ -9055,217 +9004,217 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в перечень РУМС </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -9301,69 +9250,69 @@
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00A35720" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00A35720" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -9372,295 +9321,295 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- лидерство</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">- реализация </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">наставник </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">руководство МО </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">лидер профессионально-педагогического сообщества </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>преподавание на 2 языках</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -9696,51 +9645,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>иностранный</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -9772,51 +9721,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">преподавание на 3 языках </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -9841,69 +9790,69 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>) =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00A35720" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00A35720" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9913,51 +9862,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -9976,182 +9925,182 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- сертификаты предметной подготовки;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">TOEFL; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DELF</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -10201,159 +10150,159 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>курсы ЦПМ НИШ, «</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
-[...21 lines deleted...]
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">курсы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -10377,765 +10326,885 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454EAB" w:rsidRPr="00D96B2A" w:rsidTr="008D5FFA">
+      <w:tr w:rsidR="007D66D0" w:rsidRPr="00D96B2A" w:rsidTr="00513E43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3761" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00E7064E" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00E7064E" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6154" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00454EAB" w:rsidRPr="00161958" w:rsidRDefault="00454EAB" w:rsidP="008D5FFA">
+          <w:p w:rsidR="007D66D0" w:rsidRPr="00161958" w:rsidRDefault="007D66D0" w:rsidP="00513E43">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Максимальный балл – </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00161958" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
+    <w:p w:rsidR="007D66D0" w:rsidRPr="00161958" w:rsidRDefault="007D66D0" w:rsidP="007D66D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9747"/>
         </w:tabs>
         <w:ind w:right="-34"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRPr="00601EE9" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00096BD0" w:rsidRPr="00601EE9" w:rsidRDefault="00096BD0" w:rsidP="00601EE9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00454EAB" w:rsidRDefault="00454EAB" w:rsidP="00454EAB">
-[...95 lines deleted...]
-    <w:sectPr w:rsidR="00A17E12" w:rsidSect="0007106B">
+    <w:sectPr w:rsidR="00096BD0" w:rsidRPr="00601EE9" w:rsidSect="00F86894">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1133" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="03CE325B"/>
+    <w:nsid w:val="17A555B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9970F490"/>
-    <w:lvl w:ilvl="0" w:tplc="03B0DD5C">
+    <w:tmpl w:val="E44CB5A6"/>
+    <w:lvl w:ilvl="0" w:tplc="BB0AF6F0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperRoman"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="08C9336D"/>
+    <w:nsid w:val="19CA0FF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EBD4E450"/>
-[...113 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="2208F172">
+    <w:tmpl w:val="C9A8C4B6"/>
+    <w:lvl w:ilvl="0" w:tplc="79C27046">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1413" w:hanging="705"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="214F139B"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="2F051F1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5366E910"/>
-    <w:lvl w:ilvl="0" w:tplc="2208F172">
+    <w:tmpl w:val="EDD46230"/>
+    <w:lvl w:ilvl="0" w:tplc="CE9A6EC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1413" w:hanging="705"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="308E62C2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0F64E246"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="31FE0AA3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61B2759C"/>
+    <w:lvl w:ilvl="0" w:tplc="D3FC1210">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="4EC82078"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="47E01842"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7584AF70"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="9EC8E64C"/>
+    <w:lvl w:ilvl="0" w:tplc="5EC89362">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="667E3A42"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99865652"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -11173,546 +11242,401 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="62036A70"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="6D8A18D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5366E910"/>
-    <w:lvl w:ilvl="0" w:tplc="2208F172">
+    <w:tmpl w:val="3054509C"/>
+    <w:lvl w:ilvl="0" w:tplc="4A22698A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1413" w:hanging="705"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="74727D68"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40B603CA"/>
+    <w:lvl w:ilvl="0" w:tplc="EF2C1A10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
-[...88 lines deleted...]
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="196"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00EA0D03"/>
-[...211 lines deleted...]
-    <w:rsid w:val="00FF65D6"/>
+    <w:rsidRoot w:val="0016410D"/>
+    <w:rsid w:val="000416A2"/>
+    <w:rsid w:val="00045DE4"/>
+    <w:rsid w:val="00047D99"/>
+    <w:rsid w:val="00096BD0"/>
+    <w:rsid w:val="000E3013"/>
+    <w:rsid w:val="0016410D"/>
+    <w:rsid w:val="00165A66"/>
+    <w:rsid w:val="001F7EC4"/>
+    <w:rsid w:val="002002EE"/>
+    <w:rsid w:val="00216F1B"/>
+    <w:rsid w:val="00235CD6"/>
+    <w:rsid w:val="00280C25"/>
+    <w:rsid w:val="002A4A16"/>
+    <w:rsid w:val="00346D55"/>
+    <w:rsid w:val="004454D2"/>
+    <w:rsid w:val="004A3D4F"/>
+    <w:rsid w:val="004C5B9E"/>
+    <w:rsid w:val="00601EE9"/>
+    <w:rsid w:val="007C5893"/>
+    <w:rsid w:val="007D66D0"/>
+    <w:rsid w:val="00853062"/>
+    <w:rsid w:val="008D54D5"/>
+    <w:rsid w:val="00984080"/>
+    <w:rsid w:val="00A138D5"/>
+    <w:rsid w:val="00C04EDF"/>
+    <w:rsid w:val="00CA251B"/>
+    <w:rsid w:val="00D44769"/>
+    <w:rsid w:val="00EC6C15"/>
+    <w:rsid w:val="00EF05C9"/>
+    <w:rsid w:val="00EF34B8"/>
+    <w:rsid w:val="00F86894"/>
+    <w:rsid w:val="00FE0132"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7170"/>
+    <o:shapedefaults v:ext="edit" spidmax="10242"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -11785,322 +11709,362 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE6175"/>
-[...20 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F86894"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...25 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00993953"/>
+    <w:rsid w:val="0016410D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...42 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00943CD8"/>
+    <w:rsid w:val="00EF34B8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="001F4217"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0016410D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF34B8"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...16 lines deleted...]
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="217865128">
+    <w:div w:id="599071296">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="615254777">
-[...53 lines deleted...]
-    <w:div w:id="1202671046">
+    <w:div w:id="1496797888">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12134,84 +12098,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -12347,82 +12313,81 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79FE75DC-098C-4506-97C8-6CB2BBF1C006}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEDF9FDF-369B-4B30-8CE2-EFE9AE43A63E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1718</Words>
-  <Characters>9799</Characters>
+  <Words>1746</Words>
+  <Characters>9958</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11495</CharactersWithSpaces>
+  <CharactersWithSpaces>11681</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>