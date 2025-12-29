--- v0 (2025-12-06)
+++ v1 (2025-12-29)
@@ -1,594 +1,1147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004642E0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004642E0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004642E0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidR="00635B62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004642E0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазыналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіпорны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C825DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декреттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тәрбиешінің бос лауазымына</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004642E0">
+        <w:t>е)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561302">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="004642E0" w:rsidP="00561302">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidR="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-0</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004642E0">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F05C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>-0</w:t>
-[...32 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00C825DA" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="007F05C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00C825DA" w:rsidRDefault="00C825DA" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C825DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">«№ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="00C825DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәбилер бақшасы» КМҚК, Павлодар қаласы, </w:t>
+        <w:t xml:space="preserve"> сәбилер</w:t>
+      </w:r>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бақшасы» КМҚК, Павлодар қаласы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65F05" w:rsidRPr="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>М.Жүсіп</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C825DA">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="00C825DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> көшесі,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C825DA">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="00C825DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">6 телефон </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>600336,600337</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C825DA">
+        <w:t>600</w:t>
+      </w:r>
+      <w:r w:rsidR="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>336,600337</w:t>
+      </w:r>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="00C825DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="001F4D9E">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00050361" w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t xml:space="preserve">эл.почта: </w:t>
         </w:r>
-        <w:r w:rsidRPr="004642E0">
+        <w:r w:rsidR="00050361" w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>yaslisad19@mail.ru</w:t>
+          <w:t>yaslisad</w:t>
+        </w:r>
+        <w:r w:rsidR="00050361" w:rsidRPr="001F4D9E">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>19@</w:t>
+        </w:r>
+        <w:r w:rsidR="00050361" w:rsidRPr="001F4D9E">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidR="00050361" w:rsidRPr="001F4D9E">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00050361" w:rsidRPr="001F4D9E">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00212F79" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00212F79" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C825DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Қазақ және орыс тілінде оқытатын сәбилер бақшасы. </w:t>
       </w:r>
       <w:r w:rsidRPr="00212F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Қазақстан Республикасындағы мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="002B05C8" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Біліктілік талаптары:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="002B05C8" w:rsidRDefault="00C825DA" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Т</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>иісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс стажына талаптар қойылмайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="002B05C8" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>және (немесе) біліктілігінің жоғары деңгейі болған кезде педагог-модератор және педагог-сарапшы үшін мектепке дейінгі ұйымның тәрбиешісі лауазымындағы жұмыс өтілі кемінде 2 жыл, педагог-зерттеуші кемінде 3 жыл, педагог-шебер лауазымында кемінде 5 жыл;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="002B05C8" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>және (немесе) біліктілігінің орта деңгейі болған кезде мектепке дейінгі ұйым тәрбиешісі лауазымындағы жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл, педагог – сарапшы үшін-кемінде 3 жыл, педагог-зерттеуші үшін-кемінде 4 жыл.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="002B05C8" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кәсіби құзыреттерді айқындай отырып, біліктілікке қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -617,51 +1170,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жоқ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">«педагог» </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
@@ -774,75 +1327,73 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>болуы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тиіс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Үлгілік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1033,75 +1584,73 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>әдістемесін</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>меңгеру</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жас</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1292,154 +1841,154 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>асыру</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>перспективалық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00050361">
+      <w:r w:rsidR="00050361" w:rsidRPr="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жоспар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> мен </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>циклограмманы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00050361">
+      <w:r w:rsidR="00050361" w:rsidRPr="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>әзірлеу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тәрбиеленушілердің</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1542,71 +2091,59 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мемлекеттік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-        <w:t>ға</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>міндетті</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -1840,344 +2377,322 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ету</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="00050361" w:rsidP="00C825DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ата-аналармен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>немесе</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>олардың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>орнындағы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>адамдармен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>байланысты</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жүзеге</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00050361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>асыру</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00050361">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>әдістемелік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>жұ</w:t>
-[...21 lines deleted...]
-        <w:t>қа</w:t>
+        <w:t>жұмысқа</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қатысу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00050361">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>балалардың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -2243,73 +2758,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ерекше</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бі</w:t>
-[...21 lines deleted...]
-        <w:t>ім</w:t>
+        <w:t>білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> беру </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қажеттіліктері</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -2367,51 +2860,51 @@
         <w:t xml:space="preserve"> диагностика </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жүргізу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00050361">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -2455,180 +2948,157 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>деңгейіндегі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...21 lines deleted...]
-        <w:t>ға</w:t>
+        <w:t>іс-шараларға</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қатысу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>кәсіби-педагогикалық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> диалог </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>дағдыларын</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>меңгеру</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>цифрлік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2684,430 +3154,429 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қолдану</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Лауазымдық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>міндеттері</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="00050361" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>алалардың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>өмірі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> мен </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>денсаулығын</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қорғауды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қамтамасыз</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>етеді</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>оларды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тәрбиелеу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> мен </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>оқытуда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>денсаулық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>сақтау</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>технологияларын</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қолданады</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Мектепке</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3188,71 +3657,59 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мемлекеттік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-        <w:t>ға</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>міндетті</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -3904,51 +4361,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>етеді</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Балалармен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -4015,65 +4472,53 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жеке</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тұлғағ</w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>тұлғаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>бағытталған</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4129,51 +4574,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>асырады</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Дамуында</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -4460,73 +4905,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>бағдарламаларын</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>оқ</w:t>
-[...21 lines deleted...]
-        <w:t>әдістемелік</w:t>
+        <w:t>оқу-әдістемелік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>әдебиеттерді</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -4804,51 +5227,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жоспарлайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Қол</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -4937,73 +5360,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>негізінде</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бі</w:t>
-[...21 lines deleted...]
-        <w:t>ім</w:t>
+        <w:t>білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> беру </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қызметін</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -5017,51 +5418,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>жобалайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Мектепке</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -5458,65 +5859,53 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>балаларды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бірлесі</w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>бірлесіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тәрбиелеу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5638,51 +6027,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>асырады</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Мамандардың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -5837,65 +6226,53 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қажеттілігі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> бар </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>әрбі</w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>балаға</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5973,51 +6350,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>етеді</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Отандық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -6054,71 +6431,59 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>шетелдік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-        <w:t>ірибені</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>зерттеу</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -6308,51 +6673,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>айналысады</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Мектепке</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -6521,71 +6886,59 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>бойынша</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-        <w:t>ға</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>консультациялық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -6731,51 +7084,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>қорғайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -6974,73 +7327,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ұйымда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Құндылық</w:t>
-[...21 lines deleted...]
-        <w:t>ға</w:t>
+        <w:t>Құндылықтарға</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>негізделген</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
@@ -7098,51 +7429,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>енгізеді</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="006B304D" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -7169,738 +7500,758 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тиіс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="006B304D" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="006B304D" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Конституциясы, Қазақстан Республикасының Еңбек Кодексі, Қазақстан Республикасының «Білім туралы», «Педагог мәртебесі туралы», «Сыбайлас жемқорлыққа қарсы іс-қимыл туралы» Заңдары және Қазақстан Республикасының білім беруді дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00212F79" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00212F79" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00212F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>психология және педагогика, дәрігерге дейінгі алғашқы медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау жөніндегі қағидалар, санитариялық қағидалар;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00212F79" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00212F79" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00212F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="006B304D" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="006B304D" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="006B304D" w:rsidRDefault="006B304D" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B304D">
+      <w:r w:rsidR="008E77D5" w:rsidRPr="006B304D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ілім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00950586" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00950586" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бос лауазымға құжаттарды қабылдау «Павлодар қаласының № </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Бос лауазымға құжаттарды </w:t>
+      </w:r>
+      <w:r w:rsidR="00950586" w:rsidRPr="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">қабылдау «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="00950586">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">19 сәбилер бақшасы» </w:t>
       </w:r>
       <w:r w:rsidRPr="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>КМҚК</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>М.Жүсіп</w:t>
       </w:r>
       <w:r w:rsidRPr="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> көшесі, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00950586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>6  жүзеге асырады</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00212F79" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00212F79" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00212F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00950586" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00950586" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00212F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00212F79" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidR="00950586" w:rsidRPr="00212F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00212F79" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00212F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00212F79" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00212F79" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00212F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері; ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы"Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9) ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ТБЖ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>10) тәрбиешінің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Көрсетілетін қызметті алушының мемлекеттік қызметті және (немесе) оларда қамтылған деректерді (мәліметтерді) алу үшін мемлекеттік қызметтер көрсетуге қажетті ұсынылған құжаттардың дәйексіздігі анықталған жағдайларда көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Ақпаратты нақтылау үшін байланыс мекеменің телефондары мен  электрондық мекенжайлары: </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F05C2">
+      <w:r w:rsidR="007F05C2" w:rsidRPr="007F05C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8(7182) 300-666, 8 (7182) 300-667</w:t>
       </w:r>
       <w:r w:rsidRPr="004642E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>электрондық адрес yaslisad19@mail.ru</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+        <w:t xml:space="preserve">; электрондық адрес </w:t>
+      </w:r>
+      <w:r w:rsidR="006B304D" w:rsidRPr="004642E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>yaslisad19@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="004642E0" w:rsidRDefault="008E77D5" w:rsidP="006B304D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="002B05C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="002B05C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="002B05C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="002B05C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="002B05C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="002B05C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="002B05C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
-[...9 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>КГКП «</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -7917,312 +8268,292 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> города Павлодара» отдела образования города</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Павлодара,  управления образования Павлодарской области</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="0006358A" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">объявляет открытый конкурс на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>вакантн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="0006358A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ую</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0006358A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="0006358A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>должност</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="0006358A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>воспитател</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="0006358A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">я </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="0006358A" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="0006358A" w:rsidRDefault="0006358A" w:rsidP="0006358A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(на период декретного отпуска) </w:t>
+      </w:r>
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+        </w:rPr>
+        <w:t>с русским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="008E77D5" w:rsidRDefault="004642E0" w:rsidP="00EF219F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>31</w:t>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="002B05C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E77D5">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="008E77D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">-2022 </w:t>
       </w:r>
       <w:r w:rsidRPr="007F05C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidRPr="007F05C2">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="007F05C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>КГКП «Ясли-сад № 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>9</w:t>
@@ -8294,1564 +8625,1609 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">телефон </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>600336,600337</w:t>
       </w:r>
       <w:r w:rsidRPr="00C825DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t xml:space="preserve">эл.почта: </w:t>
         </w:r>
         <w:r w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>yaslisad</w:t>
         </w:r>
         <w:r w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>19@</w:t>
         </w:r>
         <w:r w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>mail</w:t>
         </w:r>
         <w:r w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="00EF219F" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ясли</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>сад с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00EF219F" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="00EF219F" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Квалификационные требования:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="00EF219F" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ысшее</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1) педагог (без категории):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="00EF219F" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="00EF219F" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обуч</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="00EF219F" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>разрабатывать пе</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>рспективный план и циклограмму;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>осуществлять связь с родителями или лицами, их заменяющими;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="00EF219F" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>участвовать в методической работе;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="00EF219F" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="00EF219F" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>принимать участие в мероприятиях на уровне организации образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="00EF219F" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B05C8">
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00EF219F" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="00EF219F" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Должностные обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>здоровьесберегающие</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Осуществляет педагогический процесс в соответствии с требованиями</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>игровая</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>воспитательно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Проектирует </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>воспитательно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Обеспечивает индивидуальный подход к каждому ребенку с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>особыми</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Внедряет концепцию «Образование, основанное на ценностях»; в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00EF219F" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="00EF219F" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Должен знать:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Сроки подачи и место приема заявок на участие в конкурсе: В течение 7 рабочих дней со дня опубликования объявления на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="00EF219F" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Прием документов на занятие вакантной должности</w:t>
       </w:r>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществляет </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF219F">
+      <w:r w:rsidR="00EF219F" w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">КГКП «Ясли-сад № 19 города Павлодара»  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EF219F">
+      <w:r w:rsidR="00EF219F" w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>г</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EF219F">
+      <w:r w:rsidR="00EF219F" w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.П</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EF219F">
+      <w:r w:rsidR="00EF219F" w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>авлодар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF219F">
+      <w:r w:rsidR="00EF219F" w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EF219F">
+      <w:r w:rsidR="00EF219F" w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>М.Жүсіп</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF219F">
+      <w:r w:rsidR="00EF219F" w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="00EF219F" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="00EF219F" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF219F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      7) справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      8) справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Услугодатель</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>услугополучателем</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRPr="002B05C8" w:rsidRDefault="002B05C8" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="002B05C8" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="002B05C8" w:rsidRDefault="007F05C2" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="002B05C8">
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F05C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8(7182) 300-666, 8 (7182) 300-667</w:t>
+      </w:r>
+      <w:r w:rsidR="002B05C8" w:rsidRPr="002B05C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; электронный адрес </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="001F4D9E">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00EF219F" w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t xml:space="preserve">эл.почта: </w:t>
         </w:r>
-        <w:r w:rsidRPr="001F4D9E">
+        <w:r w:rsidR="00EF219F" w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>yaslisad</w:t>
         </w:r>
-        <w:r w:rsidRPr="001F4D9E">
+        <w:r w:rsidR="00EF219F" w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>19@</w:t>
         </w:r>
-        <w:r w:rsidRPr="001F4D9E">
+        <w:r w:rsidR="00EF219F" w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>mail</w:t>
         </w:r>
-        <w:r w:rsidRPr="001F4D9E">
+        <w:r w:rsidR="00EF219F" w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidRPr="001F4D9E">
+        <w:r w:rsidR="00EF219F" w:rsidRPr="001F4D9E">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
-[...9 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="004642E0" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+    <w:p w:rsidR="004642E0" w:rsidRDefault="004642E0" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="008B6D91" w:rsidRPr="008E77D5" w:rsidRDefault="008B6D91" w:rsidP="008B6D91">
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004642E0" w:rsidRDefault="004642E0" w:rsidP="00EF219F">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w:rsidR="00EF4E96" w:rsidRDefault="00EF4E96">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004642E0" w:rsidRDefault="004642E0" w:rsidP="00EF219F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004642E0" w:rsidRDefault="004642E0" w:rsidP="00EF219F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00EF4E96" w:rsidSect="006B304D">
+    <w:sectPr w:rsidR="004642E0" w:rsidSect="006B304D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00854EEB" w:rsidRDefault="00854EEB" w:rsidP="004642E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00854EEB" w:rsidRDefault="00854EEB" w:rsidP="004642E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00854EEB" w:rsidRDefault="00854EEB" w:rsidP="004642E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00854EEB" w:rsidRDefault="00854EEB" w:rsidP="004642E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="42BD7F3A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="52F01D56"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -9937,132 +10313,156 @@
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00584734"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EF4E96"/>
+    <w:rsidRoot w:val="00E64913"/>
+    <w:rsid w:val="00050361"/>
+    <w:rsid w:val="0006358A"/>
+    <w:rsid w:val="000E7B1E"/>
+    <w:rsid w:val="00212F79"/>
+    <w:rsid w:val="002B05C8"/>
+    <w:rsid w:val="004642E0"/>
+    <w:rsid w:val="00561302"/>
+    <w:rsid w:val="00635B62"/>
+    <w:rsid w:val="006B304D"/>
+    <w:rsid w:val="007F05C2"/>
+    <w:rsid w:val="008225E3"/>
+    <w:rsid w:val="00854EEB"/>
+    <w:rsid w:val="00896ED9"/>
+    <w:rsid w:val="008E77D5"/>
+    <w:rsid w:val="00950586"/>
+    <w:rsid w:val="00C825DA"/>
+    <w:rsid w:val="00E64913"/>
+    <w:rsid w:val="00EF219F"/>
+    <w:rsid w:val="00F65F05"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -10134,140 +10534,208 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008B6D91"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E77D5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008B6D91"/>
+    <w:rsid w:val="008E77D5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E77D5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004642E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004642E0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004642E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004642E0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -10339,401 +10807,510 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008B6D91"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E77D5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008B6D91"/>
+    <w:rsid w:val="008E77D5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E77D5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004642E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004642E0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004642E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004642E0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1484392680">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#1101;&#1083;.&#1087;&#1086;&#1095;&#1090;&#1072;:%20yaslisad19@mail.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#1101;&#1083;.&#1087;&#1086;&#1095;&#1090;&#1072;:%20yaslisad19@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#1101;&#1083;.&#1087;&#1086;&#1095;&#1090;&#1072;:%20yaslisad19@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#1101;&#1083;.&#1087;&#1086;&#1095;&#1090;&#1072;:%20yaslisad19@mail.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#1101;&#1083;.&#1087;&#1086;&#1095;&#1090;&#1072;:%20yaslisad19@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:&#1101;&#1083;.&#1087;&#1086;&#1095;&#1090;&#1072;:%20yaslisad19@mail.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2026</Words>
-  <Characters>11553</Characters>
+  <Words>2035</Words>
+  <Characters>11601</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>96</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13552</CharactersWithSpaces>
+  <CharactersWithSpaces>13609</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Computer</dc:creator>
+  <dc:creator>Алпамыс</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>