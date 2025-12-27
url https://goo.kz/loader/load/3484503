--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -1,3512 +1,3706 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:tbl>
-[...185 lines deleted...]
-        <w:ind w:firstLine="374"/>
+    <w:p w:rsidR="00CA4A7E" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CA4A7E" w:rsidP="00CA4A7E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДАЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4A7E" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CA4A7E" w:rsidP="00CA4A7E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>И.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уководителя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КГКП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4A7E" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CA4A7E" w:rsidP="00CA4A7E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЦЗРДО «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4A7E" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CA4A7E" w:rsidP="00CA4A7E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4A7E" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CA4A7E" w:rsidP="00CA4A7E">
+      <w:pPr>
+        <w:ind w:right="-25"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«____»___________202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4A7E" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CA4A7E" w:rsidP="00CA4A7E">
+      <w:pPr>
+        <w:ind w:right="-25"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00552EFF" w:rsidRPr="00CA4A7E" w:rsidRDefault="00552EFF" w:rsidP="002F1C64">
+      <w:pPr>
+        <w:ind w:right="-25"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00552EFF" w:rsidRPr="00CA4A7E" w:rsidRDefault="00552EFF" w:rsidP="002F1C64">
+      <w:pPr>
+        <w:ind w:right="-25"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="002F1C64">
+      <w:pPr>
+        <w:ind w:right="-25"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:firstLine="374"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о проведении </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>городск</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="002F1C64">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:right="-25"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурса «Моя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:ind w:firstLine="374"/>
+        <w:t>малая Родина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="002F1C64">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00023ED7">
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рамках реализации программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жанғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Рухани жаңғыру» бағдарламасын іске асыру шеңберінде </w:t>
-[...7 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бщие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="009C0A11" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:left="260" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00023ED7">
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.1 Городской этап областного</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Моя малая Родина» проводится в рамках реализации программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Менің кіші Отаным» </w:t>
-[...98 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:t xml:space="preserve">  «Года  детей в  Казахстане»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...36 lines deleted...]
-        <w:spacing w:line="337" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:left="260" w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="00944F42" w:rsidRPr="00023ED7" w:rsidRDefault="00944F42" w:rsidP="00944F42">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организация и проведение Конкурса строится на принципах общедоступности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:t xml:space="preserve">1.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Цел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.2 </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурстың</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00023ED7">
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Поддержка  достижений в учебе и в творческой деятельн</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ости детей  г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>авлодара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Задачи конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  мақсаты:</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="a4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Повышение интереса и поддержки детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Развитие творческого потенциала и активности учеников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Формирование чувства патриотизма, воспитания чувства гордости за свою малую Родину.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...37 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организаторы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="009C0A11" w:rsidP="00552EFF">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1146"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...220 lines deleted...]
-        <w:pStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП ЦЗРДО «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». Оргкомитет Конкурса: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="22"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00803A66" w:rsidRPr="00023ED7" w:rsidRDefault="00FC7D06" w:rsidP="00803A66">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определяет состав жюри, экспертных групп; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="00CA4A7E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="993" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>размещает информацию о проведении и итогах проекта в СМИ</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на сайте ЦЗРДО «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="00CA4A7E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00023ED7">
-[...227 lines deleted...]
-    <w:p w:rsidR="004D7282" w:rsidRPr="00023ED7" w:rsidRDefault="004D7282" w:rsidP="004D7282">
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...33 lines deleted...]
-    <w:p w:rsidR="004D7282" w:rsidRPr="00023ED7" w:rsidRDefault="004D7282" w:rsidP="00BA6F14">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Участники конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:left="260" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Участниками Конкурса являются подростки 15-17 лет: (учащиеся 8-11 классов общеобразовательных</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>общеобразовательных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школ города.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Команда состоит из 5 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4A7E" w:rsidRDefault="00CA4A7E" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00023ED7">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0A11" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок проведения городского </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Моя малая Родина»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурстың қалалық кезеңінің қатысушылары: жұмыстар мен өтінімдерді 2022 жылғы 28 сәу</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="00213EAE" w:rsidP="00486F7B">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ірге дейін (сағат 17.00</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA24F7" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Программа городского</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этапа конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRDefault="00FA24F7" w:rsidP="00486F7B">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="009650FF" w:rsidRPr="00023ED7">
+        <w:t>Учас</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1D47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ники </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>городского этапа конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1D47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы и заявки отправляют  </w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFF" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>до 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля </w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFF" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 года </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFF" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(до 17:00</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1D47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFF" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ч)</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на электронную почту</w:t>
+      </w:r>
+      <w:r w:rsidR="00486F7B" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="005B1D47" w:rsidRPr="00123C8D">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:sz w:val="28"/>
-[...1 lines deleted...]
-            <w:lang w:val="kk-KZ"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>zhasulan.pvl@bk.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009650FF" w:rsidRPr="00023ED7">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="005B1D47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009650FF" w:rsidRPr="00023ED7">
-[...67 lines deleted...]
-    <w:p w:rsidR="00D730B3" w:rsidRPr="00023ED7" w:rsidRDefault="00D730B3" w:rsidP="00D730B3">
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="00486F7B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9498"/>
+        </w:tabs>
+        <w:ind w:left="720" w:right="-25"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9498"/>
         </w:tabs>
         <w:ind w:left="720" w:right="-25"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00023ED7">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1).  </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Конкурс состоит из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>К</w:t>
-[...67 lines deleted...]
-    <w:p w:rsidR="00D730B3" w:rsidRPr="00023ED7" w:rsidRDefault="00D730B3" w:rsidP="00D730B3">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9498"/>
         </w:tabs>
         <w:ind w:left="720" w:right="-25"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00023ED7">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2).«</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>1).  приветствия команды;</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2247" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Келешектің тұтқасы білімді ұрпақта</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1D47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>» презентациясында команда өз жетістіктерін қорғайды (алғыс хаттар, дипломдар, пәндік олимпиадалар мен шығармашылық конкурстардағы 1 орын жеңімпаздарының фотосуреттері).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E72AA3" w:rsidRPr="00023ED7" w:rsidRDefault="00D730B3" w:rsidP="00D730B3">
+        <w:t>(видеоролик регламент 1-1.5 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="00213EAE" w:rsidP="004B1CE6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9498"/>
         </w:tabs>
         <w:ind w:left="720" w:right="-25"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00023ED7">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">3). Үй тапсырмасы </w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Адам болатын бала – алысқа қарайды»</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve"> защиты  презентаций  команд «</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Әр команда Павлодар </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Келешектің тұтқасы білімді ұрпақта</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">қаласы </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>»  своих достижений (благодарственные письма, дипломы, фото победителей 1-ых мест в предметных олимпиадах и творческих конкурсах).</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2247" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">балаларының әртүрлі қызмет бағыттары бойынша жетістіктерін бейнероликте ұсынады. </w:t>
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve"> 1 -2 мин</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1D47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...206 lines deleted...]
-    <w:p w:rsidR="000A6B0F" w:rsidRPr="00023ED7" w:rsidRDefault="000A6B0F" w:rsidP="008D3444">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Домашн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00D730B3" w:rsidRPr="00023ED7" w:rsidRDefault="005B276B" w:rsidP="00D730B3">
+        <w:t xml:space="preserve">ее задание </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Адам болатын бала – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қа қарайды»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждая команда представляет в видеоролике достижения детей Павлодарской области по различным направлениям деятельности. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2247" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Регламент 1-2 минуты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2247" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4). Биатлон «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7D06" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>life</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="007A2247" w:rsidP="007A2247">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вопроса с вариантами ответов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0095259B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0095259B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видеоролик регламент- 2 мин)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="680"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00023ED7">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...31 lines deleted...]
-    <w:p w:rsidR="00D730B3" w:rsidRPr="00023ED7" w:rsidRDefault="00D730B3" w:rsidP="00C45875">
+        <w:t xml:space="preserve">2.4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии конкурса: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="00D730B3" w:rsidRPr="00023ED7" w:rsidRDefault="00D730B3" w:rsidP="00C45875">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>степень раскрытия темы, а именно познавательность, аргументированность и глубина раскрытия ее содержания,  целостность, тематика и содержание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="24"/>
         </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>логика построения,  оригинальная идея подачи информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="680"/>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:right="-679"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.Требования, предъявляемые к конкурсным работам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.1  Работа на конкурс может быть представлена на казахском или русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CE5B18" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участию в конкурсе не допускаются работы, пропагандирующие национальную, социальную, религиозную рознь, а также нарушающие нормы этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.3  Конкурсная работа не должна ранее публиковаться и участвовать в подобных конкурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>е рекомендуется использовать в конкурсных работах презентации, видеоролики из сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.5 Конкурсные работы не возвращаются и не рецензируются. Организаторы оставляют за собой право не рассматривать работу в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>случае несоблюдения условий участия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Порядок награждения участников проекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1 По итогам Конкурса члены жюри определяют победителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2 Участники Конкурса, занявшие 1,2,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A2247" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 место, награждаются Дипломами ЦЗРДО «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007A2247" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007A2247" w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B441E" w:rsidRPr="00644305" w:rsidRDefault="007A2247" w:rsidP="007A2247">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Побед</w:t>
+      </w:r>
+      <w:r w:rsidR="008B441E" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ители 1 места  городского этапа, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будут участвовать на областном этапе конкурса «Моя малая Родина» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...69 lines deleted...]
-        <w:ind w:firstLine="426"/>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рамках реализации программы «</w:t>
+      </w:r>
+      <w:r w:rsidR="008B441E" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B441E" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жанғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008B441E" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="008B441E" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    13 мая 2022года во Дворце школьников им М. Катаева  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B441E" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B441E" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2247" w:rsidRPr="00644305" w:rsidRDefault="008B441E" w:rsidP="007A2247">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-        <w:ind w:firstLine="426"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма проведени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>я-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> традиционно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="007A2247">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...82 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="004B1CE6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="right"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE5B18" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4A7E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...153 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на участие в городском конкурсе «Моя малая Родина»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B1CE6" w:rsidRPr="00CA4A7E" w:rsidRDefault="004B1CE6" w:rsidP="00CE5B18">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...78 lines deleted...]
-        <w:ind w:firstLine="374"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...53 lines deleted...]
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10915" w:type="dxa"/>
         <w:tblInd w:w="-1026" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA6F14" w:rsidRPr="00BA6F14" w:rsidTr="00BA6F14">
+      <w:tr w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidTr="008B441E">
         <w:trPr>
           <w:trHeight w:val="372"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="008B441E" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>А.К.</w:t>
+              <w:t>Ф.И</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00BA6F14">
-[...72 lines deleted...]
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008B441E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Школа</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Команда атауы</w:t>
+              <w:t>Кл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Оқыту тілі</w:t>
+              <w:t>Название</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...7 lines deleted...]
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="00BA6F14" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA6F14">
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Есепте</w:t>
+              <w:t>команды</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...53 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="00BA6F14" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA6F14">
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Оқушының</w:t>
+              <w:t>Язык обучения</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="00BA6F14" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA6F14">
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Олардан</w:t>
+              <w:t>Дети состоящие на учёте</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA6F14">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> А</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BA6F14">
+            </w:pPr>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">ӘК </w:t>
+              <w:t>Статус учащегося</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA6F14">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>алады</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008B441E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Из них получают АСП</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="00BA6F14" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA6F14">
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Жауапты тұлғаның а</w:t>
+              <w:t xml:space="preserve">ФИО </w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
-                <w:color w:val="000000"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ты-жөні және байланыс телефоны</w:t>
+              <w:t>ответственного</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008B441E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рук-ля и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B441E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B441E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тел и электронная почта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidTr="00F247FC">
+      <w:tr w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidTr="008B441E">
         <w:trPr>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>МІБ</w:t>
+              <w:t>ВШК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>КТІЖ</w:t>
+              <w:t>ОДН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Қауіпті топ</w:t>
+              <w:t>Гр  риска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>а/қ</w:t>
+              <w:t>м/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="00BA6F14" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>/</w:t>
+              <w:t>м</w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>б</w:t>
+              <w:t>/д</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="00BA6F14" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="008B441E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...9 lines deleted...]
-              <w:t>б</w:t>
+              <w:t>д/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA6F14" w:rsidRPr="008B441E" w:rsidRDefault="00BA6F14" w:rsidP="00F247FC">
+          <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="00CE5B18">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BA6F14" w:rsidRDefault="00BA6F14" w:rsidP="00BA6F14">
+    <w:p w:rsidR="00CE5B18" w:rsidRPr="008B441E" w:rsidRDefault="00CE5B18" w:rsidP="004B1CE6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B441E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA6F14" w:rsidRDefault="00BA6F14" w:rsidP="00BA6F14">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+    <w:p w:rsidR="00B1585F" w:rsidRDefault="00B1585F" w:rsidP="00CE5B18">
+      <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...11 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00644305" w:rsidRDefault="00644305" w:rsidP="00CE5B18">
+      <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...11 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00644305" w:rsidRDefault="00644305" w:rsidP="00CE5B18">
+      <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...11 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE5B18" w:rsidRPr="00644305" w:rsidRDefault="00CE5B18" w:rsidP="00B1585F">
+      <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...40 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA6F14">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Исп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFF" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1585F" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00644305">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Якупова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA6F14">
-[...62 lines deleted...]
-    <w:sectPr w:rsidR="00943479" w:rsidRPr="009F0BF8" w:rsidSect="00BA6F14">
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.О. тел. 627209</w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFF" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 87077377579 </w:t>
+      </w:r>
+      <w:r w:rsidR="00552EFF" w:rsidRPr="00644305">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00CE5B18" w:rsidRPr="00644305" w:rsidSect="00082769">
       <w:pgSz w:w="11900" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="846" w:bottom="426" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="846" w:bottom="1440" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720" w:equalWidth="0">
         <w:col w:w="9620"/>
       </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000099"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="572A702C"/>
     <w:lvl w:ilvl="0" w:tplc="BEE4C13C">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C9BCD016">
       <w:numFmt w:val="decimal"/>
@@ -5894,174 +6088,185 @@
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="124"/>
+  <w:zoom w:percent="91"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00786D7D"/>
     <w:rsid w:val="00002A2E"/>
-    <w:rsid w:val="00023ED7"/>
     <w:rsid w:val="000609DE"/>
     <w:rsid w:val="00075E81"/>
     <w:rsid w:val="00080DE6"/>
     <w:rsid w:val="000814FE"/>
     <w:rsid w:val="00082769"/>
     <w:rsid w:val="000A337E"/>
     <w:rsid w:val="000A6B0F"/>
     <w:rsid w:val="000C43E2"/>
     <w:rsid w:val="000C4853"/>
     <w:rsid w:val="000D6F59"/>
     <w:rsid w:val="000E3EC3"/>
     <w:rsid w:val="00115255"/>
     <w:rsid w:val="00117AB3"/>
     <w:rsid w:val="0017036D"/>
+    <w:rsid w:val="00213EAE"/>
     <w:rsid w:val="00270A5D"/>
     <w:rsid w:val="002B3471"/>
     <w:rsid w:val="002C0001"/>
     <w:rsid w:val="002E79D7"/>
     <w:rsid w:val="002F1C64"/>
     <w:rsid w:val="00300149"/>
     <w:rsid w:val="003351D6"/>
     <w:rsid w:val="00370107"/>
     <w:rsid w:val="003747B9"/>
     <w:rsid w:val="00384692"/>
     <w:rsid w:val="003A5C0A"/>
     <w:rsid w:val="003E691A"/>
     <w:rsid w:val="004008A4"/>
     <w:rsid w:val="00402116"/>
     <w:rsid w:val="00433D54"/>
     <w:rsid w:val="004572D5"/>
+    <w:rsid w:val="00486F7B"/>
     <w:rsid w:val="004B1CE6"/>
     <w:rsid w:val="004C44D0"/>
     <w:rsid w:val="004D7282"/>
     <w:rsid w:val="004E3A5D"/>
     <w:rsid w:val="00503E2B"/>
+    <w:rsid w:val="00552EFF"/>
     <w:rsid w:val="005721A0"/>
     <w:rsid w:val="00597441"/>
     <w:rsid w:val="005A1BB9"/>
+    <w:rsid w:val="005B1D47"/>
     <w:rsid w:val="005B276B"/>
     <w:rsid w:val="00612480"/>
     <w:rsid w:val="006334A5"/>
+    <w:rsid w:val="00644305"/>
     <w:rsid w:val="00663CB8"/>
     <w:rsid w:val="00687528"/>
     <w:rsid w:val="00691AE4"/>
     <w:rsid w:val="00697AE2"/>
     <w:rsid w:val="006E7CD9"/>
     <w:rsid w:val="007473F5"/>
     <w:rsid w:val="00752D04"/>
     <w:rsid w:val="007600D9"/>
     <w:rsid w:val="00766FCB"/>
     <w:rsid w:val="007726B2"/>
     <w:rsid w:val="007752CB"/>
     <w:rsid w:val="007777F5"/>
     <w:rsid w:val="0078104A"/>
     <w:rsid w:val="00786D7D"/>
     <w:rsid w:val="00787E4F"/>
+    <w:rsid w:val="007A2247"/>
     <w:rsid w:val="007A6290"/>
     <w:rsid w:val="007E2BA1"/>
     <w:rsid w:val="00800E4B"/>
     <w:rsid w:val="00803A66"/>
     <w:rsid w:val="008436F7"/>
+    <w:rsid w:val="00875921"/>
     <w:rsid w:val="00877387"/>
     <w:rsid w:val="00881D93"/>
+    <w:rsid w:val="00897F63"/>
+    <w:rsid w:val="008B441E"/>
     <w:rsid w:val="008B4E85"/>
     <w:rsid w:val="008D1FDD"/>
     <w:rsid w:val="008D3444"/>
     <w:rsid w:val="008E6F74"/>
-    <w:rsid w:val="009146BB"/>
     <w:rsid w:val="00943479"/>
     <w:rsid w:val="00944F42"/>
+    <w:rsid w:val="0095259B"/>
     <w:rsid w:val="00964B4D"/>
-    <w:rsid w:val="009650FF"/>
     <w:rsid w:val="00993657"/>
+    <w:rsid w:val="009C0A11"/>
     <w:rsid w:val="009D7DCB"/>
-    <w:rsid w:val="009F0BF8"/>
     <w:rsid w:val="009F6912"/>
     <w:rsid w:val="00A02543"/>
     <w:rsid w:val="00A20819"/>
     <w:rsid w:val="00A240EC"/>
     <w:rsid w:val="00A2658E"/>
     <w:rsid w:val="00A9113D"/>
     <w:rsid w:val="00A96919"/>
     <w:rsid w:val="00AA2DB4"/>
     <w:rsid w:val="00B14A52"/>
+    <w:rsid w:val="00B1585F"/>
     <w:rsid w:val="00B23305"/>
     <w:rsid w:val="00B54A84"/>
     <w:rsid w:val="00B626FA"/>
-    <w:rsid w:val="00BA6F14"/>
     <w:rsid w:val="00BB0368"/>
+    <w:rsid w:val="00BB2040"/>
     <w:rsid w:val="00BE3484"/>
     <w:rsid w:val="00C212A0"/>
     <w:rsid w:val="00C44460"/>
     <w:rsid w:val="00C45875"/>
     <w:rsid w:val="00C73EBB"/>
     <w:rsid w:val="00C91E8C"/>
     <w:rsid w:val="00CA2DB0"/>
+    <w:rsid w:val="00CA4A7E"/>
     <w:rsid w:val="00CA4F64"/>
+    <w:rsid w:val="00CE5B18"/>
     <w:rsid w:val="00CF6FB5"/>
     <w:rsid w:val="00D1052E"/>
     <w:rsid w:val="00D730B3"/>
     <w:rsid w:val="00DC7200"/>
     <w:rsid w:val="00E064F4"/>
     <w:rsid w:val="00E57CCB"/>
     <w:rsid w:val="00E72AA3"/>
     <w:rsid w:val="00EB4AF8"/>
     <w:rsid w:val="00EF2D81"/>
     <w:rsid w:val="00F07EF0"/>
     <w:rsid w:val="00F34C96"/>
     <w:rsid w:val="00F91CE6"/>
+    <w:rsid w:val="00FA24F7"/>
     <w:rsid w:val="00FC7D06"/>
     <w:rsid w:val="00FD6959"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -6651,51 +6856,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2077899620">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zhasulan.pvl@bk.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zhasulan.pvl@bk.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6909,84 +7114,99 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3E54489-54C1-45E1-8E8E-0A4E5419C94A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>560</Words>
-  <Characters>3195</Characters>
+  <Words>546</Words>
+  <Characters>3113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3748</CharactersWithSpaces>
+  <CharactersWithSpaces>3652</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>