--- v0 (2025-12-06)
+++ v1 (2026-01-12)
@@ -1,1475 +1,2100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E515D8" w:rsidRPr="00E515D8" w:rsidRDefault="00E515D8" w:rsidP="00E515D8">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="00C50B1A" w:rsidP="00C50B1A">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының әкімдігі, Павлодар қаласы білім беру бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="00C50B1A" w:rsidP="00C50B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>№1</w:t>
+      </w:r>
+      <w:r w:rsidR="007376A0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>22 мектепке дейінгі гимназиясы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="007376A0" w:rsidP="00C50B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="00C50B1A" w:rsidP="00C50B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C50B1A" w:rsidRPr="00E72DD4" w:rsidRDefault="007376A0" w:rsidP="00C50B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орыс тілі пәні мұғалімі (аптасына 2 сағат)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50B1A" w:rsidRPr="00E72DD4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD28F5" w:rsidRPr="00E72DD4" w:rsidRDefault="00C50B1A" w:rsidP="00C50B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72DD4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына тағайындауға конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="00C50B1A" w:rsidP="00C50B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="00C50B1A" w:rsidP="00E72DD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72DD4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілікке қойылатын талаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72DD4" w:rsidRPr="00755BB5" w:rsidRDefault="00E72DD4" w:rsidP="00E72DD4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіптік жоғары білімді, қайта даярлау курсынан өткен, жұмыс өтілі бір жылға дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="00C50B1A" w:rsidP="00C50B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00394150" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="00E72DD4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-142" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      59. Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      1) "педагог" (санаты жоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқу пәнінің, оқу-тәрбие процесінің, оқыту және бағалау әдістемесінің мазмұнын біледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлайды және ұйымдастырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымы деңгейіндегі іс-шараларға қатысады, білім алушылардың қажеттіліктерін ескере отырып, тәрбиелеу мен оқытуда жеке тәсілді жүзеге асырады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқытудың инновациялық нысандарын, әдістері мен құралдарын пайдаланады, білім беру ұйымы деңгейінде тәжірибені жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылар болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3) "педагог-сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ұйымдастырылған оқу қызметтерін талдау дағдыларын меңгерген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      конструктивті және тәлімгерлікті іске асырады, білім беру ұйымдары деңгейінде жекелей немеесе ұжым болып кәсіби дамыту басымдықтарын анықтайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      қала/өңір деңгейінде тәжірибені жинақтайды, білім беру ұйымы деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылар болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      4) "педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      сабақты зерттеу және бағалау құралдарын әзірлеу дағдыларын меңгерген,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушылардың зерттеу дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогикалық қоғамдастықта аудан, қала деңгейінде тәлімгерлікті жүзеге асырады және даму стратегиясын конструктивті анықтайды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      облыс/республикалық маңызы бар және астаналық қалалары, Республика деңгейінде тәжірибені жинақтайды (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      облыс/ республикалық маңызы бар және астаналық қалалары, республика деңгейінде олимпиадаларға, конкурстарға, жарыстарға қатысушылардың болуы (республикалық ведомстволық бағынысты ұйымдар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      5) "педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" санатының жалпы талаптарына сәйкес келеді, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      авторлық бағдарламалары бар болуы және республикалық оқу-әдістемелік кеңесте мақұлданған, авторлық бағдарламасы немесе оқулықтарға, оқу-әдістемелік құралдардың авторы (тең автор) бола алуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ғылыми жобалау дағдыларын дамытуды қамтамасыз етеді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      жетекшілік етуді іске асырады және облыс деңгейінде кәсіби бірлестіктердің желісіндамытуды жоспарлайды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      республикалық және халықаралық конкурстар мен олимпиадалардың қатысушысы болып табылуы немесе немесе облыстық білім беру органдарының уәкілмен бекітілген республикалық және халықаралық конкурстарға қатысушыларды даярлауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Арнайы (түзету) білім беру мекемелерінде оқытылатын пәннің ерекшелігін ескере отырып, дамуында ауытқуларды барынша түзетуге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу жөніндегі жұмысты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/K950001000_" \l "z1" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/K1500000414" \l "z205" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек Кодексін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z070000319_" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1900000293" \l "z22" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z1500000410" \l "z1" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/Z970000151_" \l "z2" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы тіл туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Заңдарын, білім беруді дамытудың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бағыттары мен перспектикваларын айқындайтын мемлекеттік жалпыға міндетті білім беру стандарттарын және басқа да нормативтік құқықтық актілерді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогика мен психологияны,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      пәнді оқыту әдістемесін, тәрбие жұмысын, оқыту құралдарын және олардың дидактикалық мүмкіндіктерін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      оқу кабинеттері мен қосалқы үй-жайларды жабдықтауға қойылатын талаптарды,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормалары, санитарлық ережелер мен нормаларды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="00C50B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурска қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>*  осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* жеке басты куәландыратын құжаты не цифрлық құжаттар сервисінен электрондық құжаттың көшірмесі (сәйкестендіру үшін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кадрларды есепке алу жөніндегі жеке іс парағы және фотосы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* білім туралы мемлекеттік үлгідегі құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* еңбек қызметін растайтын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Қазақстан Республикасы Денсаулық сақтау минитрінің міндетін атарушының 2020 жылғы 30 қазандағы №ҚР ДСМ-175/2020 «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандары бекіту туралы» бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* біліктілік тестілеу сертификаты немесе біліктілік туралы педагог-модератор, педагог-сарапшы, педагог-зерттеуші куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>*  11 қосымшаның формасы бойынша толтырылған кандидаттың бағалау қағазы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00755BB5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды «Павлодар қаласы № 122 мектепке дейінгі гимназиясы» КМҚК Сатпаев көшесі, 39 жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="007376A0" w:rsidRDefault="007376A0" w:rsidP="007376A0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8(7182)- 32-04-16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pavlodar122@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00755BB5" w:rsidRPr="007376A0" w:rsidRDefault="00755BB5" w:rsidP="00394150">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00E515D8">
-[...1383 lines deleted...]
-    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00755BB5" w:rsidRDefault="00755BB5" w:rsidP="00394150">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...17 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00755BB5" w:rsidRDefault="00755BB5" w:rsidP="00394150">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00755BB5" w:rsidRDefault="00755BB5" w:rsidP="00394150">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00755BB5" w:rsidRDefault="00755BB5" w:rsidP="00394150">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -1937,53 +2562,51 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C50B1A"/>
     <w:rsid w:val="00003F34"/>
     <w:rsid w:val="0007615B"/>
     <w:rsid w:val="00311B65"/>
     <w:rsid w:val="00394150"/>
     <w:rsid w:val="004925D2"/>
     <w:rsid w:val="00507DA2"/>
     <w:rsid w:val="005319DA"/>
     <w:rsid w:val="007376A0"/>
     <w:rsid w:val="00755BB5"/>
     <w:rsid w:val="00894C86"/>
     <w:rsid w:val="00942065"/>
     <w:rsid w:val="00A31EE3"/>
     <w:rsid w:val="00C50B1A"/>
     <w:rsid w:val="00CD28F5"/>
-    <w:rsid w:val="00CE309F"/>
     <w:rsid w:val="00DA047D"/>
-    <w:rsid w:val="00E515D8"/>
     <w:rsid w:val="00E72DD4"/>
     <w:rsid w:val="00F868F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2143,51 +2766,50 @@
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C50B1A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text Indent"/>
@@ -2385,51 +3007,50 @@
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C50B1A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text Indent"/>
@@ -2456,52 +3077,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005319DA"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -2752,66 +3371,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>6491</Characters>
+  <Pages>3</Pages>
+  <Words>1264</Words>
+  <Characters>7211</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7614</CharactersWithSpaces>
+  <CharactersWithSpaces>8459</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>