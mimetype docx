--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,1561 +1,1000 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00241304" w:rsidRDefault="009C0865" w:rsidP="00241304">
-[...3 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>КГКП "дошкольная гимназия № 122 города Павлодара" отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на временно вакантную должность воспитателя в декретном отпуске</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B1CB4" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облысы</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП» дошкольная гимназия № 122 города Павлодара " г. Павлодар, ул. Сатпаева, 39, телефон 8(7182)- 32-04-16; эл.почта: pavlodar122@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дошкольная гимназия преподает на казахском языке. Реализует типовую учебную программу дошкольного воспитания и обучения в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс: на основании приказа МОН РК от 21 февраля 2012 года «О порядке проведения конкурса на занятие педагогической должности в государственных организациях образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>здоровьесберегающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00241304">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Б</w:t>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>игровая</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00241304">
-[...48 lines deleted...]
-        <w:t xml:space="preserve">бос </w:t>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003B2574">
-[...3 lines deleted...]
-        <w:t>лауазымына</w:t>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003B2574">
-[...15 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003B2574">
-[...3 lines deleted...]
-        <w:t>тағ</w:t>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает индивидуальный подход к каждому ребенку с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003B2574">
-[...1037 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>особыми</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="009C0865">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00D35A63" w:rsidRPr="00CE0A36" w:rsidSect="002C3414">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Внедряет концепцию «Образование, основанное на ценностях»; в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В течение 7 рабочих дней со дня опубликования объявления на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00864084" w:rsidRPr="00864084" w:rsidRDefault="00864084" w:rsidP="00864084">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации: 8 (7182) - 32-04-16; электронный адрес pavlodar122@mail.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00864084" w:rsidRPr="00864084">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="82"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009C0865"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00FB7762"/>
+    <w:rsidRoot w:val="00595523"/>
+    <w:rsid w:val="00595523"/>
+    <w:rsid w:val="005B1CB4"/>
+    <w:rsid w:val="00864084"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
-[...229 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1666,201 +1105,267 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009C0865"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...12 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009C0865"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...81 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -1902,84 +1407,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2114,66 +1621,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3260</Characters>
+  <Pages>1</Pages>
+  <Words>775</Words>
+  <Characters>4419</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>*</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3824</CharactersWithSpaces>
+  <CharactersWithSpaces>5184</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ЗАВХОЗ</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Пользователь Windows</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>