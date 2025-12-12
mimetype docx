--- v0 (2025-12-06)
+++ v1 (2025-12-12)
@@ -1,250 +1,641 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E7D87" w:rsidRDefault="003E7D87" w:rsidP="003E7D87">
+    <w:p w:rsidR="00DD210F" w:rsidRPr="000B0E6F" w:rsidRDefault="00DD210F" w:rsidP="00371303">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003E7D87" w:rsidRDefault="003E7D87" w:rsidP="003E7D87">
+    <w:p w:rsidR="00DD210F" w:rsidRPr="000B0E6F" w:rsidRDefault="00DD210F" w:rsidP="00371303">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003E7D87" w:rsidRDefault="003E7D87" w:rsidP="003E7D87">
+    <w:p w:rsidR="0036693B" w:rsidRPr="00401CED" w:rsidRDefault="0036693B" w:rsidP="00371303">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Итоги  проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401CED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса на вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00401CED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036693B" w:rsidRPr="00EB5612" w:rsidRDefault="00064547" w:rsidP="00371303">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">музыкального руководителя </w:t>
+      </w:r>
+      <w:r w:rsidR="0036693B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036693B" w:rsidRDefault="0036693B" w:rsidP="00371303">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммуна</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льном</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственном</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2339">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> казенном предприятия</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Ясли – сад </w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A064F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бразования Павлодарской области</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003E7D87" w:rsidRDefault="003E7D87" w:rsidP="003E7D87">
+    <w:p w:rsidR="0036693B" w:rsidRPr="00EB5612" w:rsidRDefault="0036693B" w:rsidP="0036693B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB5612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036693B" w:rsidRPr="00371303" w:rsidRDefault="00371303" w:rsidP="00371303">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="009F0BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00371303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidR="00064547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> музыкального руководителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00371303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="0036693B" w:rsidRPr="00371303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальном государс</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">твенном </w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>казенном п</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA24B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едприятии</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли - сад</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 2</w:t>
+      </w:r>
+      <w:r w:rsidR="0036693B" w:rsidRPr="00371303">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образ</w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ования Павлодарской области от </w:t>
+      </w:r>
+      <w:r w:rsidR="00442108">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00064547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 </w:t>
+      </w:r>
+      <w:r w:rsidR="00353A00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00442108">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00064547">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 апреля </w:t>
+      </w:r>
+      <w:r w:rsidR="003E48F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>года не состоялся</w:t>
+      </w:r>
+      <w:r w:rsidR="00675775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в связи с отсутствием  кандидатов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036693B" w:rsidRPr="00371303" w:rsidRDefault="0036693B" w:rsidP="00371303">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...63 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00991A3B" w:rsidRPr="00D7568C">
+    <w:p w:rsidR="0036693B" w:rsidRPr="00A064F5" w:rsidRDefault="0036693B" w:rsidP="0036693B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A064F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067585C" w:rsidRPr="0025113C" w:rsidRDefault="0067585C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0067585C" w:rsidRPr="0025113C" w:rsidSect="0088422A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F00312"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F00312"/>
+    <w:rsidRoot w:val="00AF1C6D"/>
+    <w:rsid w:val="00031184"/>
+    <w:rsid w:val="00064547"/>
+    <w:rsid w:val="00080D79"/>
+    <w:rsid w:val="000B0E6F"/>
+    <w:rsid w:val="00117749"/>
+    <w:rsid w:val="001717AC"/>
+    <w:rsid w:val="001A2339"/>
+    <w:rsid w:val="00203435"/>
+    <w:rsid w:val="0025113C"/>
+    <w:rsid w:val="002977EF"/>
+    <w:rsid w:val="002A2CE4"/>
+    <w:rsid w:val="00353A00"/>
+    <w:rsid w:val="0036693B"/>
+    <w:rsid w:val="00371303"/>
+    <w:rsid w:val="00376535"/>
+    <w:rsid w:val="003E48F2"/>
+    <w:rsid w:val="003F0BE1"/>
+    <w:rsid w:val="00442108"/>
+    <w:rsid w:val="00572CF8"/>
+    <w:rsid w:val="005E5861"/>
+    <w:rsid w:val="005F631D"/>
+    <w:rsid w:val="00675775"/>
+    <w:rsid w:val="0067585C"/>
+    <w:rsid w:val="00787360"/>
+    <w:rsid w:val="0088422A"/>
+    <w:rsid w:val="008B5041"/>
+    <w:rsid w:val="009942F6"/>
+    <w:rsid w:val="009F0BD3"/>
+    <w:rsid w:val="00AF1C6D"/>
+    <w:rsid w:val="00DD210F"/>
+    <w:rsid w:val="00F86FAB"/>
+    <w:rsid w:val="00FA24B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -387,91 +778,142 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0088422A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D7568C"/>
+    <w:rsid w:val="0036693B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD210F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DD210F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00D7568C"/>
+    <w:rsid w:val="00DD210F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -623,80 +1065,130 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D7568C"/>
+    <w:rsid w:val="0036693B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD210F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DD210F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00D7568C"/>
+    <w:rsid w:val="00DD210F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="846360818">
+    <w:div w:id="766463404">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1462335900">
+    <w:div w:id="1877769126">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -966,54 +1458,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>87</Words>
-  <Characters>498</Characters>
+  <Words>86</Words>
+  <Characters>492</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>584</CharactersWithSpaces>
+  <CharactersWithSpaces>577</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Мадина Алиханкызы</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>