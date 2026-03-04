--- v0 (2025-12-13)
+++ v1 (2026-03-04)
@@ -1,1596 +1,6274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E61382" w:rsidRPr="00B52CAB" w:rsidRDefault="00E61382" w:rsidP="00E61382">
-[...14 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="009964C9" w:rsidRDefault="009964C9" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0092517D" w:rsidRDefault="0092517D" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E61382" w:rsidRPr="008A57DF" w:rsidRDefault="00E61382" w:rsidP="00E61382">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="0092517D" w:rsidRDefault="0092517D" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008A57DF">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B36A93" w:rsidRPr="0044429B" w:rsidRDefault="00B36A93" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДАЮ</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B36A93" w:rsidRPr="0044429B" w:rsidRDefault="00B5712F" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель КГ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A93" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B36A93" w:rsidRPr="0044429B" w:rsidRDefault="00B36A93" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«ЦЗРДО «Павлодар дарыны»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B36A93" w:rsidRPr="0044429B" w:rsidRDefault="00F87E04" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________ </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A93" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мухаметжанова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А. Л.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B36A93" w:rsidRPr="0092517D" w:rsidRDefault="00B36A93" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B36A93" w:rsidRPr="0092517D" w:rsidRDefault="00B36A93" w:rsidP="005E2727">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F3040C" w:rsidRPr="0092517D" w:rsidRDefault="002A484D" w:rsidP="00F3040C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092517D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3040C" w:rsidRPr="0092517D" w:rsidRDefault="0092517D" w:rsidP="00F3040C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0092517D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="004830FB" w:rsidRPr="0092517D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>еллендж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0092517D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Традиционное семейное</w:t>
+      </w:r>
+      <w:r w:rsidR="00F723FB" w:rsidRPr="0092517D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хобби»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC6BF2" w:rsidRPr="0044429B" w:rsidRDefault="00DC6BF2" w:rsidP="009964C9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E61382" w:rsidRPr="008A57DF" w:rsidRDefault="00E61382" w:rsidP="00E61382">
+    <w:p w:rsidR="00165CC5" w:rsidRPr="0044429B" w:rsidRDefault="00235C69" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="282"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00165CC5" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Общее положение</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87E04" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00165CC5" w:rsidRPr="0044429B" w:rsidRDefault="00DC6BF2" w:rsidP="0044429B">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящее положение определяет </w:t>
+      </w:r>
+      <w:r w:rsidR="0012634C" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>цели и задачи</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35925" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>городского</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35925" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дистанционного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>челленджа</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«Традиционное семейное</w:t>
+      </w:r>
+      <w:r w:rsidR="00F723FB" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хобби</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35925" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="004E70D7" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3040C" w:rsidRPr="0044429B" w:rsidRDefault="00235C69" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00165CC5" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>КМҚК басшысы</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организаторы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A93" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6695F" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елленджа:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E61382" w:rsidRPr="008A57DF" w:rsidRDefault="00E61382" w:rsidP="00E61382">
-[...23 lines deleted...]
-    <w:p w:rsidR="00E61382" w:rsidRDefault="00E61382" w:rsidP="00E61382">
+    <w:p w:rsidR="00BB2405" w:rsidRPr="0044429B" w:rsidRDefault="002C50B5" w:rsidP="00D87589">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="right"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2405" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГКП «Центр занятости и развития детско</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87E04" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й одаренности «Павлодар дарыны» отдела образования города Павлодара.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E61382" w:rsidRPr="0044429B" w:rsidRDefault="00E61382" w:rsidP="00E61382">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+    <w:p w:rsidR="002C50B5" w:rsidRPr="0044429B" w:rsidRDefault="00235C69" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A484D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цели и задачи </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A93" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2325E" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="009243E7" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2325E" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ленджа</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D35925" w:rsidRPr="0044429B" w:rsidRDefault="00D35925" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-  выявление и поддержка одаренных и талантливых школьников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D35925" w:rsidRPr="0044429B" w:rsidRDefault="00D35925" w:rsidP="00D35925">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="142"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>предо</w:t>
+      </w:r>
+      <w:r w:rsidR="002C50B5" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ставление участникам </w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>возможност</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в конкурсной форме продемонстрировать свои творческие способности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D35925" w:rsidRPr="0044429B" w:rsidRDefault="00D35925" w:rsidP="00D35925">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="right"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>- формирование у подростков  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>патриотических чувств и толерантности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0092517D" w:rsidRPr="0044429B" w:rsidRDefault="00D35925" w:rsidP="00892582">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- выявление способностей участников конкурса выражать свое отношение к родному краю в </w:t>
+      </w:r>
+      <w:r w:rsidR="002C50B5" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">творческой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>фо</w:t>
+      </w:r>
+      <w:r w:rsidR="002C50B5" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>рме</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C6695F" w:rsidRPr="0044429B" w:rsidRDefault="009243E7" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="3970" w:hanging="3828"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>4. Условия</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A93" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87E04" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>елленджа.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E61382" w:rsidRPr="0044429B" w:rsidRDefault="00E61382" w:rsidP="00E61382">
-[...1 lines deleted...]
-        <w:suppressAutoHyphens/>
+    <w:p w:rsidR="009243E7" w:rsidRPr="0044429B" w:rsidRDefault="00D87589" w:rsidP="002C50B5">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D1637" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6695F" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еллендже</w:t>
+      </w:r>
+      <w:r w:rsidR="009243E7" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимают участие</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A93" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ащ</w:t>
+      </w:r>
+      <w:r w:rsidR="002C50B5" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иеся</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4E62" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4E62" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E97C56" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-х</w:t>
+      </w:r>
+      <w:r w:rsidR="00624C8E" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A93" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>общеобразовательных школ города</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00624C8E" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87E04" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF7B4A" w:rsidRPr="0044429B" w:rsidRDefault="006436DF" w:rsidP="00EF7B4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001D493F" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2C2D2E"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В </w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="002C50B5" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>еллендж</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14799" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14799" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>каждая</w:t>
+      </w:r>
+      <w:r w:rsidR="0025088D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семья</w:t>
+      </w:r>
+      <w:r w:rsidR="0044429B" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> снимает вид</w:t>
+      </w:r>
+      <w:r w:rsidR="0044429B" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="008E490A" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ороли</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3145" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>«Традиционное семейное</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B4A" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Ереже</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хобби»</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6801" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, где </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B4A" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представлены </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6801" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их совместные </w:t>
+      </w:r>
+      <w:r w:rsidR="00E72B65" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">семейные </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6801" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>увлечения</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF7B4A" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Это может быть семейный просмотр какого-то сериала или фильма каждую пятницу вечером, поход в лес на выходных, </w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>занятие кулинарией, творческой деятельнос</w:t>
+      </w:r>
+      <w:r w:rsidR="00E420B0" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>тью или настольные игры.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E61382" w:rsidRPr="0044429B" w:rsidRDefault="00E61382" w:rsidP="00E61382">
-[...69 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0044429B" w:rsidRPr="0044429B" w:rsidRDefault="00235C69" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...318 lines deleted...]
-      <w:r w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>#tradicion</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00142510">
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0044429B">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Видео не должно превышать трех минут. Затем ролик нужно загрузить на свою школьную  страницу в Instagram</w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4E62" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00142510">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поставить </w:t>
+      </w:r>
+      <w:r w:rsidR="004C5B51" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0044429B">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>хеш</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4E62" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тег</w:t>
+      </w:r>
+      <w:r w:rsidR="0044429B" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidR="0044429B" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>tradicion</w:t>
+      </w:r>
+      <w:r w:rsidR="00142510">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0044429B" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ysemein</w:t>
+      </w:r>
+      <w:r w:rsidR="00142510">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0044429B" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>yhobby</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE3690" w:rsidRPr="0044429B" w:rsidRDefault="00717A57" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36A93" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5338E" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявки (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B7E" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0044429B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приложение 1, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5338E" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>форма</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1687" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Excel, шрифт Times New Roman) и</w:t>
+      </w:r>
+      <w:r w:rsidR="00A730C9" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="0044429B">
+        </w:rPr>
+        <w:t xml:space="preserve"> ссылки</w:t>
+      </w:r>
+      <w:r w:rsidR="00D87589" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>направл</w:t>
+      </w:r>
+      <w:r w:rsidR="005106D0" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яются </w:t>
+      </w:r>
+      <w:r w:rsidR="004E70D7" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>на электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00D85FED" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="0044429B" w:rsidRPr="00DA5FA5">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
+            <w:rStyle w:val="aa"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="26"/>
             <w:szCs w:val="26"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>massovyy.otdel@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0044429B">
-[...55 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="0039713F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1687" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003D42DD">
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1687" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092517D" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34B7E" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003D42DD">
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00381273" w:rsidRPr="0044429B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Өтінім</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4E62" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ма</w:t>
+      </w:r>
+      <w:r w:rsidR="004E70D7" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1687" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1687" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>включительно</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1687" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00387F83" w:rsidRPr="0044429B" w:rsidRDefault="006B2972" w:rsidP="002C50B5">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00717A57" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00066B57" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После утверждения </w:t>
+      </w:r>
+      <w:r w:rsidR="005C5A29" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>администрацией</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87E04" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материал </w:t>
+      </w:r>
+      <w:r w:rsidR="00066B57" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>направля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00066B57" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тся на публикацию в социальной сети </w:t>
+      </w:r>
+      <w:r w:rsidR="004945FA" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:r w:rsidR="004945FA" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар Дарыны»</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87E04" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0044429B" w:rsidRDefault="0044429B" w:rsidP="00387F83">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="0044429B" w:rsidRDefault="0044429B" w:rsidP="00387F83">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE5537" w:rsidRPr="0044429B" w:rsidRDefault="00FE5537" w:rsidP="00387F83">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE2845" w:rsidRPr="0044429B" w:rsidRDefault="00FE5537" w:rsidP="00EE2845">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на участие в</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4710F" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00A730C9" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>еллендже</w:t>
+      </w:r>
+      <w:r w:rsidR="0039713F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«Традиционное семейное</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2845" w:rsidRPr="0044429B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="2C2D2E"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хобби»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="2"/>
-        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblStyle w:val="11"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="850"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1064"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="1346"/>
+        <w:gridCol w:w="850"/>
         <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="1417"/>
-        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E61382" w:rsidRPr="00C77C9F" w:rsidTr="002E24D6">
+      <w:tr w:rsidR="00367C1F" w:rsidRPr="0044429B" w:rsidTr="0044429B">
         <w:trPr>
-          <w:trHeight w:val="1617"/>
+          <w:trHeight w:val="1599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="00560E5F" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="00560E5F" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Оқушы Т.А.</w:t>
+              <w:t>Ф.И. учащегося</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E61382" w:rsidRPr="00560E5F" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="00560E5F" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сынып </w:t>
+              <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="00560E5F" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Мектептің толық атауы</w:t>
+              <w:t>Полное наименование школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="00560E5F" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оқыту тілі </w:t>
+              <w:t>Язык обуч.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1064" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="00560E5F" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Состоит на учете </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560E5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>ОДН, ВШК, ГР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Есепте тұрғандар  </w:t>
+              <w:t>Соц. статус</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>М/О, М/Д, Д/С,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>АСП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Статус класса</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>гимназия, лицей, углубление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конт.тел. </w:t>
             </w:r>
             <w:r w:rsidRPr="00560E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>КТІЖ, МІБ,Қауіпті топ</w:t>
+              <w:t>учащегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="00560E5F" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00560E5F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Әлеу. статус</w:t>
-[...161 lines deleted...]
-              <w:t xml:space="preserve"> тел.</w:t>
+              <w:t>Ф.И.О. ответств. педагога, тел.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidTr="002E24D6">
+      <w:tr w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidTr="0044429B">
         <w:trPr>
-          <w:trHeight w:val="136"/>
+          <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D42DD">
+            <w:r w:rsidRPr="00367C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1064" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="002E24D6">
+          <w:p w:rsidR="00367C1F" w:rsidRPr="00367C1F" w:rsidRDefault="00367C1F" w:rsidP="00367C1F">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
+              <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...38 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="00E61382">
-[...32 lines deleted...]
-    <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="00E61382">
+    <w:p w:rsidR="00C5338E" w:rsidRPr="00B34297" w:rsidRDefault="00C5338E" w:rsidP="006A199F">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E61382" w:rsidRPr="003D42DD" w:rsidRDefault="00E61382" w:rsidP="00E61382">
+    <w:p w:rsidR="006A199F" w:rsidRPr="00B34297" w:rsidRDefault="000C69D5" w:rsidP="006A199F">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исп:Абенова А.А.  </w:t>
+      </w:r>
+      <w:r w:rsidR="006A199F" w:rsidRPr="00B34297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>тел: 87050819783</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00467B51" w:rsidRPr="00E61382" w:rsidRDefault="00467B51">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="006A199F" w:rsidRPr="00B34297" w:rsidRDefault="006A199F" w:rsidP="006A199F">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0000743F" w:rsidRDefault="0000743F" w:rsidP="0000743F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00467B51" w:rsidRPr="00E61382" w:rsidSect="00B34297">
+    <w:sectPr w:rsidR="0000743F" w:rsidSect="00B34297">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="0" w:right="849" w:bottom="142" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00664162" w:rsidRDefault="00664162" w:rsidP="005C5A29">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00664162" w:rsidRDefault="00664162" w:rsidP="005C5A29">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="inherit">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00664162" w:rsidRDefault="00664162" w:rsidP="005C5A29">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00664162" w:rsidRDefault="00664162" w:rsidP="005C5A29">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="03877C6B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B7967CDC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-2388" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-2256" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-1308" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-948" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-228" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="492" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="852" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="2160"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0B142B4E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F154CD9C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2008" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3296" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4944" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6232" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7880" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9528" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10816" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12464" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="10C61D07"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="96C481E8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="16F8637F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="335812C4"/>
+    <w:lvl w:ilvl="0" w:tplc="579ECFDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4528" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6688" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="1B985E07"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0BD8E038"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="1D68471F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF3EA3AA"/>
+    <w:lvl w:ilvl="0" w:tplc="565801D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="38240BCC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="73422F14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="483B4FB2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BC64ECA"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="4A351617"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="47DA0BFC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="4E887725"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="25B4E13E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="4FA52069"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1D466B70"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3296" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4944" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6232" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7880" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9168" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10816" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12464" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="558061DD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4E3019A2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="570D4E68"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="80FE1EF2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="62953192"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C3C27280"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="65CC22DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8545D8E"/>
+    <w:lvl w:ilvl="0" w:tplc="D0DADA22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="668E12BE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A307186"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="69716A33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="06EE39F0"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="6C5F5355"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C78826EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="70007D90"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AEA69422"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-2388" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-2256" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-1308" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-948" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-228" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="492" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="852" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="2160"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="76835BD5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C0061C9A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="2160"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="768E756B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C918285A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="7C2F6D24"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7D1AEE9E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1288" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1288" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2008" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2008" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="7D8951E6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F4C357C"/>
+    <w:lvl w:ilvl="0" w:tplc="6CB839FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="19"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="18"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="4"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="5"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="116"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E61382"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E61382"/>
+    <w:rsidRoot w:val="002A484D"/>
+    <w:rsid w:val="0000743F"/>
+    <w:rsid w:val="00012667"/>
+    <w:rsid w:val="00022C19"/>
+    <w:rsid w:val="00050070"/>
+    <w:rsid w:val="000578DC"/>
+    <w:rsid w:val="00066B57"/>
+    <w:rsid w:val="00082CE6"/>
+    <w:rsid w:val="000C69D5"/>
+    <w:rsid w:val="000F6801"/>
+    <w:rsid w:val="0012634C"/>
+    <w:rsid w:val="00142510"/>
+    <w:rsid w:val="001530B7"/>
+    <w:rsid w:val="00165CC5"/>
+    <w:rsid w:val="00170FD2"/>
+    <w:rsid w:val="00172359"/>
+    <w:rsid w:val="00174CBA"/>
+    <w:rsid w:val="00184E54"/>
+    <w:rsid w:val="001D493F"/>
+    <w:rsid w:val="001D5EF9"/>
+    <w:rsid w:val="001E2D22"/>
+    <w:rsid w:val="001F114F"/>
+    <w:rsid w:val="00206520"/>
+    <w:rsid w:val="00223791"/>
+    <w:rsid w:val="00235C69"/>
+    <w:rsid w:val="0025088D"/>
+    <w:rsid w:val="002530B2"/>
+    <w:rsid w:val="00266BC2"/>
+    <w:rsid w:val="002A484D"/>
+    <w:rsid w:val="002C50B5"/>
+    <w:rsid w:val="002D6BF7"/>
+    <w:rsid w:val="002F6F8A"/>
+    <w:rsid w:val="00347A5A"/>
+    <w:rsid w:val="00352B3D"/>
+    <w:rsid w:val="00365954"/>
+    <w:rsid w:val="00367C1F"/>
+    <w:rsid w:val="00381273"/>
+    <w:rsid w:val="00387F83"/>
+    <w:rsid w:val="00394C31"/>
+    <w:rsid w:val="003961F8"/>
+    <w:rsid w:val="0039713F"/>
+    <w:rsid w:val="003B11F2"/>
+    <w:rsid w:val="003D3477"/>
+    <w:rsid w:val="003F3FFA"/>
+    <w:rsid w:val="00405553"/>
+    <w:rsid w:val="00415700"/>
+    <w:rsid w:val="00424257"/>
+    <w:rsid w:val="00427E48"/>
+    <w:rsid w:val="0044429B"/>
+    <w:rsid w:val="004533D7"/>
+    <w:rsid w:val="00470CD0"/>
+    <w:rsid w:val="004830FB"/>
+    <w:rsid w:val="004945FA"/>
+    <w:rsid w:val="004C5B51"/>
+    <w:rsid w:val="004E4DEA"/>
+    <w:rsid w:val="004E70D7"/>
+    <w:rsid w:val="004F39C7"/>
+    <w:rsid w:val="005106D0"/>
+    <w:rsid w:val="0055722A"/>
+    <w:rsid w:val="00560E5F"/>
+    <w:rsid w:val="005656D2"/>
+    <w:rsid w:val="00591FF7"/>
+    <w:rsid w:val="00596A26"/>
+    <w:rsid w:val="005B4C9F"/>
+    <w:rsid w:val="005C524D"/>
+    <w:rsid w:val="005C5A29"/>
+    <w:rsid w:val="005D1637"/>
+    <w:rsid w:val="005E2727"/>
+    <w:rsid w:val="005E4D37"/>
+    <w:rsid w:val="005F1687"/>
+    <w:rsid w:val="005F6427"/>
+    <w:rsid w:val="0060151E"/>
+    <w:rsid w:val="00624C8E"/>
+    <w:rsid w:val="006262FE"/>
+    <w:rsid w:val="006436DF"/>
+    <w:rsid w:val="00647664"/>
+    <w:rsid w:val="00664162"/>
+    <w:rsid w:val="00681DD1"/>
+    <w:rsid w:val="0069265D"/>
+    <w:rsid w:val="006945F0"/>
+    <w:rsid w:val="006A199F"/>
+    <w:rsid w:val="006B2972"/>
+    <w:rsid w:val="006D18E4"/>
+    <w:rsid w:val="006F4266"/>
+    <w:rsid w:val="006F70AD"/>
+    <w:rsid w:val="00717A57"/>
+    <w:rsid w:val="00773A09"/>
+    <w:rsid w:val="00787866"/>
+    <w:rsid w:val="007A1EBD"/>
+    <w:rsid w:val="007A299F"/>
+    <w:rsid w:val="007B33BE"/>
+    <w:rsid w:val="007C7EA1"/>
+    <w:rsid w:val="007F20D1"/>
+    <w:rsid w:val="007F705F"/>
+    <w:rsid w:val="008105B9"/>
+    <w:rsid w:val="008453EB"/>
+    <w:rsid w:val="00860275"/>
+    <w:rsid w:val="00862A44"/>
+    <w:rsid w:val="00882945"/>
+    <w:rsid w:val="00891247"/>
+    <w:rsid w:val="00892372"/>
+    <w:rsid w:val="00892582"/>
+    <w:rsid w:val="008926C1"/>
+    <w:rsid w:val="008A22ED"/>
+    <w:rsid w:val="008B0A7A"/>
+    <w:rsid w:val="008E490A"/>
+    <w:rsid w:val="009243E7"/>
+    <w:rsid w:val="00924D08"/>
+    <w:rsid w:val="0092517D"/>
+    <w:rsid w:val="009277DA"/>
+    <w:rsid w:val="009400FD"/>
+    <w:rsid w:val="009450CF"/>
+    <w:rsid w:val="00946D75"/>
+    <w:rsid w:val="009659CE"/>
+    <w:rsid w:val="009964C9"/>
+    <w:rsid w:val="009A06CA"/>
+    <w:rsid w:val="009B25CD"/>
+    <w:rsid w:val="009C3F40"/>
+    <w:rsid w:val="009E2F20"/>
+    <w:rsid w:val="009F2243"/>
+    <w:rsid w:val="009F7A8E"/>
+    <w:rsid w:val="00A1461E"/>
+    <w:rsid w:val="00A4710F"/>
+    <w:rsid w:val="00A607F6"/>
+    <w:rsid w:val="00A730C9"/>
+    <w:rsid w:val="00A94E18"/>
+    <w:rsid w:val="00AA1563"/>
+    <w:rsid w:val="00AA2FD9"/>
+    <w:rsid w:val="00AD2437"/>
+    <w:rsid w:val="00AF48B5"/>
+    <w:rsid w:val="00B040C1"/>
+    <w:rsid w:val="00B34297"/>
+    <w:rsid w:val="00B36A93"/>
+    <w:rsid w:val="00B52CAB"/>
+    <w:rsid w:val="00B5693C"/>
+    <w:rsid w:val="00B5712F"/>
+    <w:rsid w:val="00B620E4"/>
+    <w:rsid w:val="00B70B4E"/>
+    <w:rsid w:val="00B74140"/>
+    <w:rsid w:val="00B8154D"/>
+    <w:rsid w:val="00B91C35"/>
+    <w:rsid w:val="00BB2405"/>
+    <w:rsid w:val="00BB5D42"/>
+    <w:rsid w:val="00BB6831"/>
+    <w:rsid w:val="00BC5431"/>
+    <w:rsid w:val="00BD3219"/>
+    <w:rsid w:val="00BF1DFC"/>
+    <w:rsid w:val="00C03DC8"/>
+    <w:rsid w:val="00C07B6B"/>
+    <w:rsid w:val="00C46E21"/>
+    <w:rsid w:val="00C5338E"/>
+    <w:rsid w:val="00C6695F"/>
+    <w:rsid w:val="00C836BB"/>
+    <w:rsid w:val="00C847F6"/>
+    <w:rsid w:val="00C92B0B"/>
+    <w:rsid w:val="00CB591F"/>
+    <w:rsid w:val="00CC2A5A"/>
+    <w:rsid w:val="00CD2BC7"/>
+    <w:rsid w:val="00CD41D4"/>
+    <w:rsid w:val="00D14799"/>
+    <w:rsid w:val="00D35925"/>
+    <w:rsid w:val="00D605F0"/>
+    <w:rsid w:val="00D85FED"/>
+    <w:rsid w:val="00D87589"/>
+    <w:rsid w:val="00DC6BF2"/>
+    <w:rsid w:val="00DE76C6"/>
+    <w:rsid w:val="00E236CB"/>
+    <w:rsid w:val="00E34D52"/>
+    <w:rsid w:val="00E420B0"/>
+    <w:rsid w:val="00E54841"/>
+    <w:rsid w:val="00E72B65"/>
+    <w:rsid w:val="00E80224"/>
+    <w:rsid w:val="00E818CA"/>
+    <w:rsid w:val="00E85D51"/>
+    <w:rsid w:val="00E97C56"/>
+    <w:rsid w:val="00EB3145"/>
+    <w:rsid w:val="00EB3B74"/>
+    <w:rsid w:val="00EB515D"/>
+    <w:rsid w:val="00ED2F5A"/>
+    <w:rsid w:val="00EE2845"/>
+    <w:rsid w:val="00EE6C5A"/>
+    <w:rsid w:val="00EF7B4A"/>
+    <w:rsid w:val="00F02CA6"/>
+    <w:rsid w:val="00F2325E"/>
+    <w:rsid w:val="00F3040C"/>
+    <w:rsid w:val="00F34B7E"/>
+    <w:rsid w:val="00F61766"/>
+    <w:rsid w:val="00F723FB"/>
+    <w:rsid w:val="00F87E04"/>
+    <w:rsid w:val="00FA2D53"/>
+    <w:rsid w:val="00FE3690"/>
+    <w:rsid w:val="00FE4E62"/>
+    <w:rsid w:val="00FE5537"/>
+    <w:rsid w:val="00FE5CDD"/>
+    <w:rsid w:val="00FF7022"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="009400FD"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A484D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A484D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00165CC5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00591FF7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00591FF7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BB2405"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B36A93"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B620E4"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Обычный1"/>
+    <w:rsid w:val="00B620E4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00B620E4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C5A29"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Текст концевой сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005C5A29"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C5A29"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0069265D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0069265D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Обычный2"/>
+    <w:rsid w:val="009450CF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006A199F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Сетка таблицы3"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006A199F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="4">
+    <w:name w:val="Сетка таблицы4"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0025088D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Сетка таблицы11"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00367C1F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -1716,158 +6394,451 @@
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A484D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A484D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00165CC5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00591FF7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00591FF7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BB2405"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="No Spacing"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00E61382"/>
+    <w:rsid w:val="00B36A93"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E61382"/>
+    <w:rsid w:val="00B620E4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Обычный1"/>
+    <w:rsid w:val="00B620E4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Без интервала Знак"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
-    <w:rsid w:val="00E61382"/>
+    <w:rsid w:val="00B620E4"/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C5A29"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Текст концевой сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005C5A29"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C5A29"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0069265D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0069265D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Обычный2"/>
+    <w:rsid w:val="009450CF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="20">
     <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E61382"/>
+    <w:rsid w:val="006A199F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a6">
-    <w:name w:val="Table Grid"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Сетка таблицы3"/>
     <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E61382"/>
+    <w:rsid w:val="006A199F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="4">
+    <w:name w:val="Сетка таблицы4"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0025088D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Сетка таблицы11"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00367C1F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="419958640">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1251427864">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1403528408">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1480029053">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1623345251">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744833781">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2109,59 +7080,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38C3DA20-9F5B-4FE0-8420-7AAB1FDFB5D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>295</Words>
-  <Characters>1686</Characters>
+  <Words>299</Words>
+  <Characters>1706</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1978</CharactersWithSpaces>
+  <CharactersWithSpaces>2001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Client01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>