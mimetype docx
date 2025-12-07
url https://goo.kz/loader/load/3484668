--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,1690 +1,1482 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00470154" w:rsidRPr="009F723C" w:rsidRDefault="00470154" w:rsidP="008210C1">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...147 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГКП «Ясли-сад № 79 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности психолога с русским языком обучения во время декретного отпуска</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00776ACD" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00443F94">
-[...55 lines deleted...]
-        <w:r w:rsidRPr="001833D7">
+      <w:r w:rsidR="00ED6AE4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-04-2022 09:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «Ясли-сад № 79 города Павлодара» улица Айманова,6 телефон 643734,643733; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:color w:val="0000FF"/>
+            <w:rStyle w:val="a4"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:u w:val="single"/>
-            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>эл.почта: ds79pvl@inbox.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00470154" w:rsidRPr="001833D7" w:rsidRDefault="00470154" w:rsidP="008210C1">
-[...452 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Лауазымдық міндеттері:</w:t>
-[...423 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:t>Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z67" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z205" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z4" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z33" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В течение 7рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «Ясли-сад № 79 города Павлодара» улица Айманова ,6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
-[...302 lines deleted...]
-    <w:p w:rsidR="008F2A02" w:rsidRDefault="008F2A02" w:rsidP="008210C1">
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель  отказывает в оказании государственной услуги, в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>случаях установления недостоверности документов, представленных</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем для получения государственной услуги, и (или)данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>643734, 8 (7182) 643733;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED6AE4" w:rsidRDefault="00ED6AE4" w:rsidP="00C87FC0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронный адрес:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>ds79pvl@inbox.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="008F2A02" w:rsidRDefault="008F2A02" w:rsidP="00C87FC0">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008F2A02">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00701D5F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="008210C1"/>
+    <w:rsidRoot w:val="008C1434"/>
+    <w:rsid w:val="0026279F"/>
+    <w:rsid w:val="0057427B"/>
+    <w:rsid w:val="00776ACD"/>
+    <w:rsid w:val="008C1434"/>
     <w:rsid w:val="008F2A02"/>
-    <w:rsid w:val="00CF0903"/>
+    <w:rsid w:val="00C87FC0"/>
+    <w:rsid w:val="00ED6AE4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="76279EAE"/>
+  <w14:docId w14:val="102338FD"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{11F41FDC-6AFD-4449-88A4-5B3CF1DE77F6}"/>
+  <w15:docId w15:val="{9FA9EA09-015E-4852-81DB-75D85110F06C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2037,92 +1829,131 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00470154"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED6AE4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00ED6AE4"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ED6AE4"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%D1%8D%D0%BB.%D0%BF%D0%BE%D1%87%D1%82%D0%B0:%20ds79pvl@inbox.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ds79pvl@inbox.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%D1%8D%D0%BB.%D0%BF%D0%BE%D1%87%D1%82%D0%B0:%20ds79pvl@inbox.ru" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2381,54 +2212,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1007</Words>
-  <Characters>5744</Characters>
+  <Words>1074</Words>
+  <Characters>6126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6738</CharactersWithSpaces>
+  <CharactersWithSpaces>7186</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Алпамыс</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>