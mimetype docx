--- v0 (2025-12-12)
+++ v1 (2025-12-12)
@@ -8,51 +8,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00EF4E93" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
+    <w:p w:rsidR="00892E1E" w:rsidRDefault="00892E1E" w:rsidP="00892E1E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">         Нұр-Сұлтан қ</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
         </w:rPr>
         <w:t>аласы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
@@ -80,1679 +80,2616 @@
         </w:rPr>
         <w:t>-Султан</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C14F1" w:rsidRDefault="005C14F1" w:rsidP="00934587"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="0074302B" w:rsidRDefault="0074302B" w:rsidP="00934587"/>
+    <w:p w:rsidR="00EE69B8" w:rsidRDefault="00EE69B8" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A226A" w:rsidRDefault="008A226A" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A226A" w:rsidRDefault="008A226A" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5098"/>
+        <w:gridCol w:w="5524"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0074302B" w:rsidRPr="00502F39" w:rsidTr="0099116A">
+      <w:tr w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidTr="0099116A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5098" w:type="dxa"/>
+            <w:tcW w:w="5524" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0099116A">
-            <w:r w:rsidRPr="00845136">
+          <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="0099116A">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Об утверждении сроков завершения </w:t>
-            </w:r>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk95919913"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2021</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
-            <w:r w:rsidRPr="00845136">
+            <w:r w:rsidRPr="00AF1ACE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t xml:space="preserve"> оқу жылын аяқтау және орта білім беру ұйымдарында білім алушыларды қорытынды аттестаттаудан өткізу мерзімдерін бекіту туралы</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0074302B" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
-[...88 lines deleted...]
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>1. Утвердить следующие сроки завершения учебного года:</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Білім туралы» Қазақстан Республикасы Заңының 5-бабының 14) тармақшасына сәйкес, сондай-ақ меншік нысанына және ведомстволық бағыныстылығына қарамастан орта білім беру ұйымдарында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2021-2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылын ұйымдасқан түрде аяқтау мақсатында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z6"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z2"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00845136">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> года;</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Оқу жылын аяқтаудың мынадай мерзімдері бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z7"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z3"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00845136">
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> года;</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) меншік нысанына және ведомстволық бағыныстылығына қарамастан орта білім беру ұйымдарында оқу сабақтарының аяқталуы – 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы 25 мамыр;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z8"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z4"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00845136">
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> года.</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) 9 (10) сынып білім алушыларының қорытынды бітіру емтихандары – 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы 28 мамыр – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым аралығы; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z9"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z5"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00845136">
-[...4 lines deleted...]
-        <w:t>2. Утвердить следующие сроки проведения итоговой аттестации:</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) 11 (12) сынып білім алушыларының мемлекеттік бітіру емтихандары – 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мамыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым аралығы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z10"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z6"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00845136">
-[...4 lines deleted...]
-        <w:t>для обучающихся 9 (10) классов с соблюдением санитарных требований:</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Қорытынды аттестаттау</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1F69">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізудің мынадай мерзімдері бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> года;</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 (10) сынып білім алушылары үшін санитарлық талаптарды сақтай отырып:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRDefault="0074302B" w:rsidP="0074302B">
-[...61 lines deleted...]
-    <w:p w:rsidR="002D691B" w:rsidRPr="00A14233" w:rsidRDefault="0074302B" w:rsidP="002D691B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-        <w:t>письменный экзамен (работа с текстом, выполнение заданий по тексту) по казахскому языку и литературе в классах с русским/ узбекским/ уйгурским/ таджикским языком обучения и письменный экзамен (работа с текстом, выполнение заданий по тексту) по русскому языку и литературе в классах с казахским языком обучения – 3 июня 2022 года;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z7"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) қазақ/орыс/</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1F69" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйғыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1F69" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзбек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/тәжік тілі (оқыту тілі) бойынша эссе нысанында жазбаша емтихан, гуманитарлық цикл пәндерін тереңдетіп оқытатын мектептер үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазбаша жұмыс (мақала, әңгіме, эссе) – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы 28 мамыр;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="007521FC" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> – 6 июня 2022 года;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z8"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) математика (алгебра) </w:t>
+      </w:r>
+      <w:r w:rsidR="007B51F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазбаша емтихан (бақылау жұмысы) – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мамыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>для обучающихся 11 (12) классов с соблюдением санитарных требований:</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z9"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="007F308F" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс/өзбек</w:t>
+      </w:r>
+      <w:r w:rsidR="007F308F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="007F308F" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйғыр/тәжік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тілдерінде оқытатын сыныптардағы қазақ тілі мен әдебиеті бойынша </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2D71" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазбаша емтихан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(мәтінмен жұмыс, мәтін бойынша тапсырмаларды орындау) және қазақ тілінде оқытатын сыныптардағы орыс тілі мен әдебиеті бойынша жазбаша емтихан (мәтінмен жұмыс, мәтін бойынша тапсырмаларды орындау) – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2D71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> года;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таңдау пәні (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изика, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имия, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иология, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еография, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еометрия, Қазақстан тарихы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үниежүзі тарихы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дебиет (оқыту тілі бойынша), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет тілі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(ағылшын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>француз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неміс), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA2648">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нформатика) бойынша жазбаша емтихан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:t>письменный экзамен по казахскому/русскому/уйгурскому/ таджикскому/узбекскому языку (язык обучения) – 30 мая 2022 года;</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11 (12) сынып білім алушылары үшін санитарлық талаптарды сақтай отырып:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z10"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) алгебра және анализ бастамалары</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2D71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазбаша емтихан – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27 мамыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z11"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) қазақ/орыс/</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3A23" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйғыр</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3A23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3A23" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәжік</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3A23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзбек</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3A23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тілі (оқыту тілі) бойынша жазбаша емтихан – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="00D40FBC">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z17"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z12"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00F77177">
-[...23 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Қазақстан тарихынан </w:t>
+      </w:r>
+      <w:r w:rsidR="0043666F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауызша емтихан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00845136">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> года;</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D691B" w:rsidRPr="00A14233" w:rsidRDefault="0074302B" w:rsidP="00D40FBC">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+    <w:p w:rsidR="008A226A" w:rsidRDefault="008A226A" w:rsidP="008A226A">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z18"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z13"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00D40FBC">
-[...19 lines deleted...]
-        <w:t>письменный экзамен по казахскому языку и литературе в школах/классах с русским/узбекским/уйгурским/таджикским языком обучения и по русскому языку и литературе в школах/классах с казахским языком обучения – 7 июня 2022 года;</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) орыс</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3A23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзбек</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3A23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйғыр</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3A23">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәжік тілдерінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектептерде/</w:t>
+      </w:r>
+      <w:r w:rsidR="007B51F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазақ тілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және әдебиетінен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қазақ тілінде оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектептерде/сыныптарда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орыс тілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және әдебиетінен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B51F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жазбаша емтихан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="0073090E" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00827E51" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...60 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) таңдау пән</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изика, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имия, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иология, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еография, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еометрия, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үниежүзі тарихы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұқық негіздері, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дебиет, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ет тілі (ағылшын</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>француз</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неміс), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нформатика) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E" w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB062E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазбаша емтихан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> маусым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827E51">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00C17035" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="003C0901">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z19"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z14"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="0032396F">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003C0901">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0032396F">
-[...33 lines deleted...]
-        <w:t>организациями среднего образования.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім алушылар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайта қорытынды аттестаттау санитарлық талаптарды сақтай отырып, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орта білім беру ұйымдары айқындаған мерзімде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="z20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z15"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00C17035">
-[...61 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B82">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B82" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>блыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының білім басқармалары, сондай-ақ республикалық орта білім беру ұйымдары осы бұйрықтың</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B82">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94B82" w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00845136">
-[...25 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00845136">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 5191).</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығының (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 5191 болып тіркелген)</w:t>
+      </w:r>
+      <w:r w:rsidR="00551E21">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">талаптарына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2021-2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылын аяқтауды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00635E11" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="003C0901" w:rsidRDefault="008A226A" w:rsidP="003C0901">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z17"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="006D6986">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901" w:rsidRPr="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сапасын арттыру және пандемия, шектеу шаралары кезеңінде жіберілген білімдегі олқылықтардың орнын толтыру мақсатында 1-8, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901" w:rsidRPr="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0-сыныптард</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901" w:rsidRPr="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушылар үшін 2022 жылғы 26 мамырдан бастап </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="003C0901" w:rsidRPr="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17 маусым </w:t>
+      </w:r>
+      <w:r w:rsidR="000659FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901" w:rsidRPr="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B407A" w:rsidRPr="000B407A">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> целью повышения качества обучения и восполнения пробелов в знаниях, допущенных в период пандемии, ограничительных мер, с 26 мая </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901" w:rsidRPr="00CB0599">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>п</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">азғы мектепте </w:t>
+      </w:r>
+      <w:r w:rsidR="000659FF" w:rsidRPr="00CB0599">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">о 17 июня 2022 года </w:t>
-[...23 lines deleted...]
-        <w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:r w:rsidR="000659FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1-8, 10 классов.</w:t>
+        <w:t>ыту</w:t>
+      </w:r>
+      <w:r w:rsidR="000659FF" w:rsidRPr="00CB0599">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000659FF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастырылсын</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901" w:rsidRPr="00CB0599">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4264">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:t>. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z23"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z18"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00845136">
-[...33 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының білім басқармаларына орта білім беру ұйымдарының 11 (12) сыныптарының білім алушылары үшін, республикалық орта білім беру ұйымдарының 9 (10), 11 (12) сыныптарының білім алушылары үшін емтихан тапсырмаларын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
-      <w:r w:rsidRPr="00845136">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> года;</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы 21 мамырға дейін жеткізуді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z24"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z19"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00845136">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00845136">
-[...4 lines deleted...]
-        <w:t>государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z25"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z20"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="00845136">
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0901">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы бұйрықты ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="z26"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z21"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="00845136">
-[...4 lines deleted...]
-        <w:t>4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представить в Юридический департамент Министерства образования и науки Республики Казахстан сведения об исполнении мероприятий, предусмотренных подпунктами 2), 3) настоящего пункта.</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) осы бұйрықты мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 2), 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="z27"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z22"/>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00845136">
-[...18 lines deleted...]
-        <w:t>Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRPr="00845136" w:rsidRDefault="0074302B" w:rsidP="0074302B">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="008A226A" w:rsidRPr="00AF1ACE" w:rsidRDefault="008A226A" w:rsidP="008A226A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="z28"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z23"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00845136">
-[...18 lines deleted...]
-        <w:t>Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="00AF1ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w:rsidR="0074302B" w:rsidRDefault="0074302B" w:rsidP="00934587"/>
-    <w:p w:rsidR="0074302B" w:rsidRDefault="0074302B" w:rsidP="00934587"/>
+    <w:p w:rsidR="008A226A" w:rsidRDefault="008A226A" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A226A" w:rsidRDefault="008A226A" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="8930" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3152"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0038799B" w:rsidTr="0038799B">
+      <w:tr w:rsidR="008858D2" w:rsidTr="008858D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+          <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>Министр образования и науки Республики Казахстан</w:t>
+              <w:t>Қазақстан Республикасының Білім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB3008" w:rsidRDefault="00EB3008"/>
+          <w:p w:rsidR="00334DBE" w:rsidRDefault="00334DBE"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+          <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0094678B" w:rsidRPr="00934587" w:rsidRDefault="0094678B" w:rsidP="00934587"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00642211" w:rsidRPr="008858D2" w:rsidRDefault="00642211" w:rsidP="006340C9">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00334DBE"/>
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Қазақста</w:t>
-      </w:r>
+        <w:t>Қазақстан Республикасының Әділет министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>н Республикасының Әділет министрлігі</w:t>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>облысының/қаласының Әділет департаменті</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>________ облысының/қаласының Әділет департаменті</w:t>
+        <w:t>Нормативтік құқықтық акті 21.04.2022</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Нормативтік құқықтық акті 21.04.2022</w:t>
+        <w:t>Нормативтік құқықтық актілерді мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Нормативтік құқықтық актілерді мемлекеттік</w:t>
+        <w:t>тіркеудің тізіліміне № 27702 болып енгізілді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00334DBE"/>
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>тіркеудің тізіліміне № 27702 болып енгізілді</w:t>
+        <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00EB3008"/>
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
+      <w:r>
+        <w:t xml:space="preserve">Министерство образования и науки РК - Директор Акмарал </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Казхановна Кинжебаева, 14.04.2022 16:50:24, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
+      <w:r>
+        <w:t>Министерство юстиции РК - Вице-министр юстиции Республики Казахстан Алма Кайратовна Муканова, 20.04.2022 13:07:27, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Результаты согласования</w:t>
+        <w:t>Результаты подписания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
-[...1 lines deleted...]
-        <w:t>Министерство образования и науки РК - Директор Акмарал Казхановна Кинжебаева, 14.04.2022 16:50:24, положительный результат проверки ЭЦП</w:t>
+    <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
+      <w:r>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Р Білім және ғылым министрлігі - Қазақстан Республикасының Білім және ғылым министрі А. Аймагамбетов, 20.04.2022 15:15:55, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="00EB3008" w:rsidSect="00642211">
+    <w:sectPr w:rsidR="00334DBE" w:rsidSect="00642211">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A65CF2" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00CE376E" w:rsidRDefault="00CE376E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A65CF2" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00CE376E" w:rsidRDefault="00CE376E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00EB3008" w:rsidRDefault="00EB3008">
+  <w:p w:rsidR="00334DBE" w:rsidRDefault="00334DBE">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+  <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 27</w:t>
-[...2 lines deleted...]
-      <w:t>702 болып енгізілді</w:t>
+      <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 27702 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+  <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  22.04.2022.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00EB3008" w:rsidRDefault="00EB3008">
+  <w:p w:rsidR="00334DBE" w:rsidRDefault="00334DBE">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00EB3008" w:rsidRDefault="00A65CF2">
+  <w:p w:rsidR="00334DBE" w:rsidRDefault="00CE376E">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>ИС «ИПГО». Копия электронного документа. Дата  22.04.2022.</w:t>
+      <w:t xml:space="preserve">ИС «ИПГО». Копия электронного документа. Дата  </w:t>
+    </w:r>
+    <w:r>
+      <w:t>22.04.2022.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A65CF2" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00CE376E" w:rsidRDefault="00CE376E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A65CF2" w:rsidRDefault="00A65CF2">
+    <w:p w:rsidR="00CE376E" w:rsidRDefault="00CE376E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -1782,214 +2719,211 @@
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00073119">
+    <w:r w:rsidR="006340C9">
       <w:rPr>
         <w:rStyle w:val="af0"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10751" w:type="dxa"/>
       <w:tblInd w:w="-431" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="426"/>
-      <w:gridCol w:w="3936"/>
+      <w:gridCol w:w="4362"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="4263"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="005D1846">
+    <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00DC45FB">
       <w:trPr>
         <w:trHeight w:val="1348"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4362" w:type="dxa"/>
-          <w:gridSpan w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="005D1846" w:rsidRDefault="00E15847" w:rsidP="00D52DE8">
+        <w:p w:rsidR="00DC45FB" w:rsidRDefault="002C3EC7" w:rsidP="002F11B1">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>Қ</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>АЗАҚСТАН</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="005D1846" w:rsidRDefault="00E15847" w:rsidP="00D52DE8">
+        <w:p w:rsidR="00DC45FB" w:rsidRDefault="002C3EC7" w:rsidP="002F11B1">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="005D1846">
+          <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
-              <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКАСЫ</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>НЫҢ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00E15847" w:rsidP="00D52DE8">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="002C3EC7" w:rsidP="002F11B1">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="005D1846">
+          <w:r w:rsidRPr="00DC45FB">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="0074302B">
+          <w:r w:rsidR="008A226A">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
           </w:r>
-          <w:r w:rsidRPr="005D1846">
+          <w:r w:rsidRPr="00DC45FB">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00C723BA" w:rsidRDefault="00C723BA" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Рисунок 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2016,125 +2950,123 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="972820" cy="972820"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="00E15847" w:rsidRDefault="00E15847" w:rsidP="00E15847">
+        <w:p w:rsidR="002C3EC7" w:rsidRDefault="002C3EC7" w:rsidP="002C3EC7">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="005D1846" w:rsidRDefault="0074302B" w:rsidP="00E15847">
+        <w:p w:rsidR="00DC45FB" w:rsidRDefault="008A226A" w:rsidP="002C3EC7">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00E15847" w:rsidP="00E15847">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="002C3EC7" w:rsidP="002C3EC7">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t xml:space="preserve"> РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+            <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="005D1846">
+    <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="00DC45FB">
       <w:trPr>
-        <w:gridBefore w:val="1"/>
-        <w:wBefore w:w="426" w:type="dxa"/>
         <w:trHeight w:val="591"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="3936" w:type="dxa"/>
+          <w:tcW w:w="4362" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w:rsidR="00642211" w:rsidRPr="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
@@ -2153,79 +3085,79 @@
             <w:t>БҰЙРЫҚ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="00642211" w:rsidRDefault="005D1846" w:rsidP="001A1881">
+        <w:p w:rsidR="00642211" w:rsidRDefault="00DC45FB" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00642211">
             <w:rPr>
               <w:noProof/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
-                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="655CCB11" wp14:editId="33E7332D">
+                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F5A9BC" wp14:editId="307D4F7D">
                     <wp:simplePos x="0" y="0"/>
                     <wp:positionH relativeFrom="column">
-                      <wp:posOffset>-3936365</wp:posOffset>
+                      <wp:posOffset>-3964940</wp:posOffset>
                     </wp:positionH>
                     <wp:positionV relativeFrom="page">
-                      <wp:posOffset>70485</wp:posOffset>
+                      <wp:posOffset>67310</wp:posOffset>
                     </wp:positionV>
                     <wp:extent cx="6411595" cy="0"/>
                     <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
                     <wp:wrapNone/>
                     <wp:docPr id="1" name="Line 26"/>
                     <wp:cNvGraphicFramePr>
                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                     </wp:cNvGraphicFramePr>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                         <wps:wsp>
                           <wps:cNvCnPr>
                             <a:cxnSpLocks noChangeShapeType="1"/>
                           </wps:cNvCnPr>
                           <wps:spPr bwMode="auto">
                             <a:xfrm flipV="1">
                               <a:off x="0" y="0"/>
                               <a:ext cx="6411595" cy="0"/>
                             </a:xfrm>
                             <a:prstGeom prst="line">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="15875">
                               <a:solidFill>
@@ -2236,124 +3168,132 @@
                               <a:tailEnd/>
                             </a:ln>
                             <a:extLst>
                               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                   <a:noFill/>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr/>
                         </wps:wsp>
                       </a:graphicData>
                     </a:graphic>
                     <wp14:sizeRelH relativeFrom="page">
                       <wp14:pctWidth>0</wp14:pctWidth>
                     </wp14:sizeRelH>
                     <wp14:sizeRelV relativeFrom="page">
                       <wp14:pctHeight>0</wp14:pctHeight>
                     </wp14:sizeRelV>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
               <mc:Fallback>
                 <w:pict>
-                  <v:line w14:anchorId="417382C8" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-309.95pt,5.55pt" to="194.9pt,5.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o /QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/ /wMAUEsDBBQABgAIAAAAIQABQVIJ3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXv Jv6HzZh4axc0YqEsjWn05qWVg8eFHYGUnUV2Keivd4wHe5z3vrx5L98tthdnHH3nSEG8jkAg1c50 1Cgo315WGxA+aDK6d4QKvtDDrri+ynVm3EwHPB9DIziEfKYVtCEMmZS+btFqv3YDEnsfbrQ68Dk2 0ox65nDby7soSqTVHfGHVg+4b7E+HSerIHn0Lpq+q/3huXz/LOfRVw/2Vanbm+VpCyLgEv5h+K3P 1aHgTpWbyHjRK1glcZoyy04cg2DifpPymOpPkEUuLycUPwAAAP//AwBQSwECLQAUAAYACAAAACEA toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA BgAIAAAAIQCTVymCHQIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt ABQABgAIAAAAIQABQVIJ3QAAAAoBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ SwUGAAAAAAQABADzAAAAgQUAAAAA " strokecolor="#39f" strokeweight="1.25pt">
+                  <v:line w14:anchorId="4FD1D5EC" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-312.2pt,5.3pt" to="192.65pt,5.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o /QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/ /wMAUEsDBBQABgAIAAAAIQC5QHxU3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbv SPyHyEjctoR9lKk0ndAENy4bPXBMW9NWNE5J0rXw6zHiwI72++j142w/216c0YfOkYa7pQKBVLm6 o0ZD8fq82IEI0VBtekeo4QsD7PPrq8yktZvoiOdTbASXUEiNhjbGIZUyVC1aE5ZuQOLs3XlrIo++ kbU3E5fbXq6USqQ1HfGF1gx4aLH6OI1WQ3IfnBq/y8PxqXj7LCYfyq190fr2Zn58ABFxjv8w/Oqz OuTsVLqR6iB6DYtktdkwy4lKQDCx3m3XIMq/hcwzeflC/gMAAP//AwBQSwECLQAUAAYACAAAACEA toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA BgAIAAAAIQCTVymCHQIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt ABQABgAIAAAAIQC5QHxU3QAAAAoBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ SwUGAAAAAAQABADzAAAAgQUAAAAA " strokecolor="#39f" strokeweight="1.25pt">
                     <w10:wrap anchory="page"/>
                   </v:line>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00642211" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="004B6D21" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00E04401">
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>2022 жылғы 20 сәуірдегі</w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                    </w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">№ 159                                                                                             </w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve">    от 20 апреля 2022 года</w:t>
+      <w:t xml:space="preserve">№ 159                      </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -2722,178 +3662,179 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="00066A87"/>
+    <w:rsid w:val="0002773D"/>
+    <w:rsid w:val="000659FF"/>
     <w:rsid w:val="00073119"/>
+    <w:rsid w:val="000870F9"/>
     <w:rsid w:val="000922AA"/>
-    <w:rsid w:val="000B407A"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
-    <w:rsid w:val="001063F4"/>
-    <w:rsid w:val="001204BA"/>
     <w:rsid w:val="001319EE"/>
     <w:rsid w:val="00143292"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="001A1881"/>
-    <w:rsid w:val="001B3745"/>
     <w:rsid w:val="001B61C1"/>
-    <w:rsid w:val="001C63E5"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
     <w:rsid w:val="0022101F"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="002870B6"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="002C49BE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00330B0F"/>
+    <w:rsid w:val="002C3EC7"/>
+    <w:rsid w:val="002F11B1"/>
+    <w:rsid w:val="00334DBE"/>
+    <w:rsid w:val="00341898"/>
+    <w:rsid w:val="00346C99"/>
     <w:rsid w:val="00364E0B"/>
-    <w:rsid w:val="00372EF0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003D781A"/>
+    <w:rsid w:val="003B4264"/>
+    <w:rsid w:val="003C0901"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00423754"/>
+    <w:rsid w:val="004244CB"/>
     <w:rsid w:val="00430E89"/>
+    <w:rsid w:val="0043666F"/>
     <w:rsid w:val="004726FE"/>
+    <w:rsid w:val="00486F3C"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004B6D21"/>
     <w:rsid w:val="004C34B8"/>
-    <w:rsid w:val="004C4C4E"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="005C14F1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005E727C"/>
+    <w:rsid w:val="00551E21"/>
+    <w:rsid w:val="005C5F30"/>
+    <w:rsid w:val="005E3A23"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="00600A10"/>
-    <w:rsid w:val="00635E11"/>
+    <w:rsid w:val="006340C9"/>
     <w:rsid w:val="00642211"/>
+    <w:rsid w:val="0067240F"/>
+    <w:rsid w:val="00672C8E"/>
+    <w:rsid w:val="006B0963"/>
     <w:rsid w:val="006B6938"/>
-    <w:rsid w:val="006F7525"/>
     <w:rsid w:val="007006E3"/>
     <w:rsid w:val="007111E8"/>
+    <w:rsid w:val="00720FC6"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00740441"/>
-    <w:rsid w:val="0074302B"/>
+    <w:rsid w:val="007702A5"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
-    <w:rsid w:val="00787A78"/>
-    <w:rsid w:val="007D5C5B"/>
+    <w:rsid w:val="007A032B"/>
+    <w:rsid w:val="007B51F8"/>
     <w:rsid w:val="007E588D"/>
-    <w:rsid w:val="007F2A7D"/>
+    <w:rsid w:val="007F308F"/>
     <w:rsid w:val="0081000A"/>
     <w:rsid w:val="008436CA"/>
+    <w:rsid w:val="00856344"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="008856E3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00905C44"/>
+    <w:rsid w:val="008858D2"/>
+    <w:rsid w:val="00892E1E"/>
+    <w:rsid w:val="008A226A"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="00934587"/>
-    <w:rsid w:val="0094678B"/>
-    <w:rsid w:val="0097769D"/>
+    <w:rsid w:val="0094547D"/>
+    <w:rsid w:val="00965DB2"/>
     <w:rsid w:val="009924CE"/>
-    <w:rsid w:val="009B0E70"/>
     <w:rsid w:val="009B69F4"/>
+    <w:rsid w:val="009C4FD7"/>
+    <w:rsid w:val="009F46A4"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
-    <w:rsid w:val="00A23619"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A646AF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A8208A"/>
     <w:rsid w:val="00AA225A"/>
     <w:rsid w:val="00AC76FB"/>
-    <w:rsid w:val="00AD462C"/>
-    <w:rsid w:val="00B37423"/>
+    <w:rsid w:val="00AD1F69"/>
+    <w:rsid w:val="00B12C86"/>
+    <w:rsid w:val="00B2298B"/>
+    <w:rsid w:val="00B5615F"/>
+    <w:rsid w:val="00B841B2"/>
     <w:rsid w:val="00B86340"/>
-    <w:rsid w:val="00BD42EA"/>
+    <w:rsid w:val="00B94B82"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
+    <w:rsid w:val="00C33D18"/>
+    <w:rsid w:val="00C44E63"/>
+    <w:rsid w:val="00C723BA"/>
     <w:rsid w:val="00C7780A"/>
-    <w:rsid w:val="00C95FA5"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CC7D90"/>
+    <w:rsid w:val="00CD3C51"/>
+    <w:rsid w:val="00CE376E"/>
     <w:rsid w:val="00CE6A1B"/>
-    <w:rsid w:val="00D02BDF"/>
+    <w:rsid w:val="00CF2D71"/>
     <w:rsid w:val="00D03D0C"/>
+    <w:rsid w:val="00D1000A"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D40FBC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E15847"/>
+    <w:rsid w:val="00DC3588"/>
+    <w:rsid w:val="00DC45FB"/>
+    <w:rsid w:val="00DD35CD"/>
     <w:rsid w:val="00E43190"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E8227B"/>
     <w:rsid w:val="00E866E0"/>
-    <w:rsid w:val="00EB3008"/>
+    <w:rsid w:val="00E91387"/>
     <w:rsid w:val="00EB54A3"/>
+    <w:rsid w:val="00EB55A7"/>
     <w:rsid w:val="00EC3C11"/>
-    <w:rsid w:val="00EC6599"/>
+    <w:rsid w:val="00ED617A"/>
     <w:rsid w:val="00EE1A39"/>
-    <w:rsid w:val="00EF4E93"/>
+    <w:rsid w:val="00EE69B8"/>
     <w:rsid w:val="00F22932"/>
-    <w:rsid w:val="00F32A0B"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
-    <w:rsid w:val="00F66167"/>
-    <w:rsid w:val="00F77177"/>
     <w:rsid w:val="00F93EE0"/>
-    <w:rsid w:val="00FA00A2"/>
-    <w:rsid w:val="00FA7E02"/>
+    <w:rsid w:val="00FB062E"/>
+    <w:rsid w:val="00FD2D92"/>
     <w:rsid w:val="00FF4CCD"/>
-    <w:rsid w:val="00FF7CB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3709,121 +4650,96 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af7">
-[...23 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="809253203">
+    <w:div w:id="785733947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1355838385">
+    <w:div w:id="1644888438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1502040128">
+    <w:div w:id="1842575027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2029867968">
+    <w:div w:id="2070569760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
@@ -4097,67 +5013,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>880</Words>
-  <Characters>5019</Characters>
+  <Words>863</Words>
+  <Characters>4921</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5888</CharactersWithSpaces>
+  <CharactersWithSpaces>5773</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>