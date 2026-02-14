--- v0 (2025-12-09)
+++ v1 (2026-02-14)
@@ -1,5353 +1,5206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:background w:color="FFFFFF" w:themeColor="background1"/>
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9854"/>
+        <w:gridCol w:w="9639"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005212AB" w14:paraId="1316C789" w14:textId="77777777" w:rsidTr="005212AB">
+      <w:tr w:rsidR="00047E6D" w14:paraId="716988F4" w14:textId="77777777" w:rsidTr="00047E6D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:tcW w:w="9639" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48A8E99B" w14:textId="6BF19FA5" w:rsidR="005212AB" w:rsidRPr="005212AB" w:rsidRDefault="005212AB" w:rsidP="00521CFA">
+          <w:p w14:paraId="1A8813BA" w14:textId="78B7F64B" w:rsidR="00047E6D" w:rsidRPr="00047E6D" w:rsidRDefault="00047E6D" w:rsidP="009F1111">
             <w:pPr>
-              <w:pStyle w:val="Standard"/>
+              <w:pStyle w:val="a5"/>
+              <w:ind w:firstLine="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk72486672"/>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>26.05.2021-ғы № 240 шығыс хаты</w:t>
+              <w:t xml:space="preserve">26.05.2021-ғы № 240 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0C0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шығыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="0C0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="035F9F74" w14:textId="4C522B8D" w:rsidR="00521CFA" w:rsidRPr="00A87134" w:rsidRDefault="00ED36A5" w:rsidP="00521CFA">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1B42533C" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="00807A6F" w:rsidRDefault="009F1111" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7FF1AD" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="00807A6F" w:rsidRDefault="009F1111" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к приказу Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79675243" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="00807A6F" w:rsidRDefault="009F1111" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BCBBB12" w14:textId="0A01C48A" w:rsidR="009F1111" w:rsidRPr="00807A6F" w:rsidRDefault="009F1111" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00807A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00143EBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...34 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года №</w:t>
+      </w:r>
+      <w:r w:rsidR="00143EBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>240</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D45637" w14:textId="77777777" w:rsidR="009F1111" w:rsidRDefault="009F1111" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69FC4A0E" w14:textId="77777777" w:rsidR="009F1111" w:rsidRDefault="009F1111" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EB1DF45" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="000513FB" w:rsidRDefault="009F1111" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58CF07EC" w14:textId="77777777" w:rsidR="009F1111" w:rsidRDefault="009F1111" w:rsidP="009F1111">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A87134">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00785B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методические рекомендации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7079C835" w14:textId="6A81DE25" w:rsidR="009F1111" w:rsidRDefault="009F1111" w:rsidP="00061BB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t>202</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...118 lines deleted...]
-        <w:ind w:firstLine="0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">летней школы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13342B94" w14:textId="77777777" w:rsidR="00061BB4" w:rsidRPr="00785B1A" w:rsidRDefault="00061BB4" w:rsidP="00061BB4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...83 lines deleted...]
-    <w:p w14:paraId="2C2FAD99" w14:textId="77777777" w:rsidR="00521CFA" w:rsidRPr="00044287" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B02981C" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="00785B1A" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00044287">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785B1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D923193" w14:textId="53788316" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00477A56" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="19913"/>
+          <w:tab w:val="left" w:pos="20335"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk72486646"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящие Методические рекомендации (далее – Методические</w:t>
+      </w:r>
+      <w:r w:rsidR="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рекомендации) разработаны в целях</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации летней школы для </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">восполнения пробелов </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4963" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF4963" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF4963">
+        <w:rPr>
+          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ях </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по основным предметам,</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">допущенных </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4963" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обучающи</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4963">
+        <w:rPr>
+          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4963" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:eastAsia="+mn-ea"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ся</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4963" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в период ограничительных мер</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0EF88A" w14:textId="2C9A877C" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00477A56" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="19913"/>
+          <w:tab w:val="left" w:pos="20335"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="3C239E66" w14:textId="4B9E3347" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Летняя школа функционирует на базе организации среднего образования в период с 26 мая по 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42BEB">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42BEB">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> июня 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696EF53E" w14:textId="1A8172C4" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00A82D29" w:rsidP="009F1111">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="19913"/>
           <w:tab w:val="left" w:pos="20335"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
-          <w:rStyle w:val="20"/>
-[...21 lines deleted...]
-      </w:r>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...91 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rStyle w:val="20"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
         <w:rPr>
           <w:rStyle w:val="20"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
-[...98 lines deleted...]
-    <w:p w14:paraId="06C5BA85" w14:textId="77777777" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящие Методические рекомендации носят рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C33EB0" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="23" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A912E9F" w14:textId="77777777" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+    <w:p w14:paraId="3D48C6BF" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2-тарау. Жазғы мектептің жұмысын ұйымдастыру</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5EB66D57" w14:textId="77777777" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+        <w:t>Глава 2.  Организация работы летней школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFD5AF0" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="178D8BCF" w14:textId="62A06E5D" w:rsidR="00521CFA" w:rsidRPr="00484CD1" w:rsidRDefault="00ED36A5" w:rsidP="00521CFA">
-[...1 lines deleted...]
-        <w:pStyle w:val="aa"/>
+    <w:p w14:paraId="4163C934" w14:textId="2A88671D" w:rsidR="009F1111" w:rsidRPr="009F1111" w:rsidRDefault="00A82D29" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="aff0"/>
+          <w:rStyle w:val="aa"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="aff0"/>
+          <w:rStyle w:val="aa"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00521CFA">
-[...1 lines deleted...]
-          <w:rStyle w:val="aff0"/>
+      <w:r w:rsidR="009F1111" w:rsidRPr="009F1111">
+        <w:rPr>
+          <w:rStyle w:val="aa"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Жазғы мектепте оқыту: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="337DA317" w14:textId="7832998F" w:rsidR="00EB1DAA" w:rsidRDefault="00074B68" w:rsidP="00521CFA">
+        <w:t>. Обучение в летней школе организуется для:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5394666E" w14:textId="4870C6CE" w:rsidR="009F1111" w:rsidRDefault="00C42BEB" w:rsidP="009F1111">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="aa"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="aa"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00061BB4">
+        <w:rPr>
+          <w:rStyle w:val="aa"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D7A3C">
+        <w:rPr>
+          <w:rStyle w:val="aa"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="aa"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-8,10 классов</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF3594">
+        <w:rPr>
+          <w:rStyle w:val="aa"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E01847" w14:textId="1E6D1FF1" w:rsidR="009F1111" w:rsidRPr="00414D9E" w:rsidRDefault="00F56E01" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="aff0"/>
+          <w:rStyle w:val="aa"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...50 lines deleted...]
-    <w:p w14:paraId="633BF364" w14:textId="314ACDB2" w:rsidR="00521CFA" w:rsidRDefault="00074B68" w:rsidP="00521CFA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E01">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– выпускников 9 классов по желанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EB28BA" w14:textId="430B4E8F" w:rsidR="00F56E01" w:rsidRDefault="00F56E01" w:rsidP="00F56E01">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="aff0"/>
-[...37 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56E01">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В условиях летней школы важно помочь слабоуспевающим обучающимся в освоении сложных </w:t>
+      </w:r>
+      <w:r w:rsidR="00A82D29">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предметов (сложных тем)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56E01">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5065164F" w14:textId="18121ABE" w:rsidR="00EB1DAA" w:rsidRDefault="00EB1DAA" w:rsidP="00521CFA">
-[...22 lines deleted...]
-    <w:p w14:paraId="27410ABB" w14:textId="79520BAD" w:rsidR="00EB1DAA" w:rsidRDefault="00EB1DAA" w:rsidP="00521CFA">
+    <w:p w14:paraId="6A532E1A" w14:textId="3DBEF2F4" w:rsidR="009F1111" w:rsidRDefault="00A82D29" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="aff0"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="aff0"/>
-[...70 lines deleted...]
-    <w:p w14:paraId="141B765E" w14:textId="2BAED54C" w:rsidR="00521CFA" w:rsidRDefault="00ED36A5" w:rsidP="00521CFA">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Управления образования</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> областей, городов </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нур-Султан, Алматы, Шымкент  издают приказ о</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации летней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B52538A" w14:textId="60FF3CDD" w:rsidR="00F56E01" w:rsidRDefault="00E64F35" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00521CFA">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56E01" w:rsidRPr="00F56E01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00521CFA" w:rsidRPr="00FE2E1D">
-[...27 lines deleted...]
-    <w:p w14:paraId="7C98AF0A" w14:textId="25336169" w:rsidR="00521CFA" w:rsidRDefault="000A51C3" w:rsidP="00521CFA">
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организациями</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56E01" w:rsidRPr="00F56E01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования утвержда</w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ются</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56E01" w:rsidRPr="00F56E01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расписание уроков и план работы летней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074DFB34" w14:textId="3F03DB66" w:rsidR="00F56E01" w:rsidRPr="008B7C15" w:rsidRDefault="00F56E01" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...63 lines deleted...]
-    <w:p w14:paraId="088009FF" w14:textId="77777777" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidRPr="00F56E01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рабочий учебный план и программы обучения составляются администрацией, педагогами с учетом отмеченных в данных рекомендациях сложных для усвоения тем, разделов, подразделов,  целей обучения, а также результатов проведенной  педагогами диагностики (приложение  «Рекомендованные темы по учебным предметам»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7911973F" w14:textId="07859807" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="00E64F35" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009827DE">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жоспарын педагогтер меңгерілуі</w:t>
-[...83 lines deleted...]
-    <w:p w14:paraId="330C3CC0" w14:textId="34EC1EA1" w:rsidR="00521CFA" w:rsidRDefault="000A51C3" w:rsidP="00521CFA">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Группы/классы формируются на основании результатов анализа учебных достижений и диагностики уровня предметных знаний обучающихся, выявленных педагогами в течение учебного года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32E43769" w14:textId="1CCB01E4" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="00E64F35" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00EB1DAA">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Расписание составляется с учетом сформированных групп/</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классов.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00521CFA" w:rsidRPr="00E343FF">
-[...27 lines deleted...]
-    <w:p w14:paraId="21AAA32E" w14:textId="34A6D9C7" w:rsidR="00EB1DAA" w:rsidRDefault="000A51C3" w:rsidP="00521CFA">
+    </w:p>
+    <w:p w14:paraId="782E83CB" w14:textId="48C78804" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="00E64F35" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="06E03BBF" w14:textId="41E9D518" w:rsidR="00521CFA" w:rsidRDefault="000A51C3" w:rsidP="00521CFA">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Формы и методы работы, технологии обучения определяются</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогами самостоятельно в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>возрастными и индивидуальными</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">особенностями </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B82FBFB" w14:textId="57B77998" w:rsidR="009F1111" w:rsidRPr="00ED557E" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация среднего образования самостоятельно определяет количество обучающихся по сменам, </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>а также перечень учебных предметов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6360D425" w14:textId="2D121B72" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidRPr="00ED557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При необходимости для обучающихся </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организуются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуальные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, групповые занятия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED557E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по графику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B09A220" w14:textId="5B2710AC" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003C1C40">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...27 lines deleted...]
-    <w:p w14:paraId="14B76D68" w14:textId="4877A4BF" w:rsidR="00521CFA" w:rsidRPr="002B3B01" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Оценивание учебных достижений обучающихся летней школы не проводится. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9D8C94" w14:textId="0DF51F77" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B3B01">
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...54 lines deleted...]
-    <w:p w14:paraId="5BECD9B7" w14:textId="397EC075" w:rsidR="00521CFA" w:rsidRPr="002B3B01" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Домашнее задание в условиях летней школы не задается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0626D346" w14:textId="0A40C205" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B3B01">
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...18 lines deleted...]
-    <w:p w14:paraId="28691E65" w14:textId="6C0EE884" w:rsidR="00521CFA" w:rsidRPr="002B3B01" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В летней школе обеспечивается доступ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к школьной библиотеке, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имеющимся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>цифровым образовательным ресурсам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A83DF2D" w14:textId="61E26BF8" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B3B01">
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...18 lines deleted...]
-    <w:p w14:paraId="63BFC528" w14:textId="406BF11C" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. При подготовке к занятиям педагогу следует тщательно подбирать учебные материалы и ресурсы, разрабатывать дифференцированные задания </w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с учетом потребностей обучающихся в восполнении пробелов знаний по учебным предметам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50158468" w14:textId="2C872150" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B3B01">
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. Сабаққа дайындық кезінде </w:t>
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Рекомендуется использование дополнительного занимательного материала, тестовых заданий, дидактического материала творческого характера, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>педагог</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002B3B01">
+        <w:t>цифровых а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>удиовизуальных средств (графика, аудио, видеоматериалы)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, презентаций, дифференцированных учебных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r w:rsidR="00B26A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...90 lines deleted...]
-    <w:p w14:paraId="4EFB7FC6" w14:textId="0BD683B9" w:rsidR="00521CFA" w:rsidRPr="00C86AFF" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с целью повышения познавательной мотивации обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6485796C" w14:textId="5723A087" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C86AFF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...24 lines deleted...]
-        <w:t>Білім алушылардың танымдық ынтасын арттыру мақсатында қосымша ойын-сауық материалдарын, тест тапсырмаларын, шығармашылық сипаттағы дидактикалық материалдарды, аудиовизуалды құралдарды (графика, аудио, бейнематериалдар), презентацияларды, сараланған оқу тапсырмаларын пайдалану ұсынылады</w:t>
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Содержание учебного материала должно быть направлено на развитие мы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2161AC84" w14:textId="6180710B" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+        <w:t>слительных процессов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>умений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимать обдуманные решения, аргументировать их, работать с информацией, анализировать, сравнивать, обобщать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9016CC" w14:textId="2D7561DD" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="00942789" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...27 lines deleted...]
-    <w:p w14:paraId="3B2418C6" w14:textId="4A98B0FC" w:rsidR="00521CFA" w:rsidRDefault="005314A6" w:rsidP="00521CFA">
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Рекомендуется оказывать</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постоянную </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогическую поддержку слабоуспевающим обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, при необходимости с разработкой</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуальны</w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дифференцированны</w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задани</w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C785E7" w14:textId="4D05F7D2" w:rsidR="009F1111" w:rsidRDefault="00E64F35" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00521CFA" w:rsidRPr="007A27BD">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Рекомендуется использование ситуационных задач, направленных на развитие кри</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тического мышления, формирование</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функциональной грамотности, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>применение</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> методик интерактивного обучения (метод проектов, дисскусси</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0C75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, игровые, поисковые методы)</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00521CFA" w:rsidRPr="0066448B">
-[...45 lines deleted...]
-    <w:p w14:paraId="72D72F14" w14:textId="66E05288" w:rsidR="00521CFA" w:rsidRDefault="000A51C3" w:rsidP="00521CFA">
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526890B6" w14:textId="16B8E160" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="00E64F35" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>18</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00521CFA" w:rsidRPr="007A27BD">
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00521CFA" w:rsidRPr="00990082">
-[...27 lines deleted...]
-    <w:p w14:paraId="44361996" w14:textId="4EF8E7FD" w:rsidR="00521CFA" w:rsidRPr="00F41FB1" w:rsidRDefault="000A51C3" w:rsidP="00521CFA">
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При проведении</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятий педагогу</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10846CE3" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="6A806B21" w14:textId="371A8209" w:rsidR="00521CFA" w:rsidRPr="00F41FB1" w:rsidRDefault="00074B68" w:rsidP="00521CFA">
+      <w:r w:rsidRPr="009F1111">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уделять внимание эмоциональному настрою детей и оказывать поддержку в обучении; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435200FA" w14:textId="12F7EA28" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="00AF62D0" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009F1111">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> допускать </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="5B9AB072" w14:textId="5D312CE1" w:rsidR="00521CFA" w:rsidRDefault="00074B68" w:rsidP="00521CFA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перегрузки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся на уроках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFC5FB8" w14:textId="045BF4D8" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="00AF62D0" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009F1111">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...70 lines deleted...]
-    <w:p w14:paraId="6E3275CB" w14:textId="33716401" w:rsidR="005314A6" w:rsidRPr="00F41FB1" w:rsidRDefault="00074B68" w:rsidP="00521CFA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводить</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физическую зарядку</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF0FB12" w14:textId="2E4CCBEE" w:rsidR="009F1111" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">В летней школе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">допускается  свободная форма для обучающихся. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005314A6" w:rsidRPr="005314A6">
-[...45 lines deleted...]
-    <w:p w14:paraId="59303720" w14:textId="014D6325" w:rsidR="00521CFA" w:rsidRPr="00F41FB1" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+    </w:p>
+    <w:p w14:paraId="11F68C72" w14:textId="2B928B29" w:rsidR="00942789" w:rsidRDefault="00942789" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...45 lines deleted...]
-    <w:p w14:paraId="34C23727" w14:textId="2AE6E9A8" w:rsidR="005314A6" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Наполняемость в группах/ классах – не более 25 человек. Допускаются занятия в группах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F54CFA9" w14:textId="62BDED7C" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F41FB1">
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Продолжительность занятия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1111">
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42BEB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут, в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">один </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">день </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводится </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005314A6" w:rsidRPr="005314A6">
-[...141 lines deleted...]
-    <w:p w14:paraId="39F42A74" w14:textId="1D020DF3" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+    </w:p>
+    <w:p w14:paraId="13AF40D7" w14:textId="6EA4992C" w:rsidR="009F1111" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F41FB1">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...36 lines deleted...]
-    <w:p w14:paraId="670D6540" w14:textId="45A6A337" w:rsidR="00521CFA" w:rsidRDefault="005314A6" w:rsidP="00521CFA">
+      <w:r w:rsidR="00E64F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Для осуществления учебного процесса допускается привлечение волонтеров-студентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC92C91" w14:textId="54FA121F" w:rsidR="00942789" w:rsidRDefault="00942789" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000A51C3">
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00074491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Занятия по основным предметам </w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>включают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00521CFA" w:rsidRPr="001B5DD8">
-[...27 lines deleted...]
-    <w:p w14:paraId="68CCFC79" w14:textId="53CBB29E" w:rsidR="005314A6" w:rsidRDefault="005314A6" w:rsidP="00521CFA">
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наиболее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> важные </w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             и сложные учебные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>темы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7755B7CF" w14:textId="4DFF2698" w:rsidR="009F1111" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="003B4198">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. Негізгі пәндер бойынша сабақтар </w:t>
+      <w:r w:rsidR="00074491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t>жыл</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="5D0FCFB4" w14:textId="5E0B8AD9" w:rsidR="005314A6" w:rsidRDefault="005314A6" w:rsidP="00521CFA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Предлагается включ</w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в расписание ежедневное 20-30 м</w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инутное чтение книг с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обсуждени</w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E346F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>развити</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> навыков чтения с пониманием, умени</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анализировать, сравнивать, делать выводы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E798413" w14:textId="358058AF" w:rsidR="009F1111" w:rsidRDefault="00942789" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="003B4198">
-[...90 lines deleted...]
-    <w:p w14:paraId="7887B74A" w14:textId="0C416D39" w:rsidR="00D2362A" w:rsidRDefault="00D2362A" w:rsidP="00521CFA">
+      <w:r w:rsidR="00074491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Учителя физической культуры </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осуществляют проведение</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физзарядк</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, подвижны</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> игровы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вид</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спорта: волейбол, футбол, баскетбол и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDADDFB" w14:textId="30424EA8" w:rsidR="00942789" w:rsidRDefault="00074491" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="60120EF0" w14:textId="5AB9E205" w:rsidR="00D2362A" w:rsidRDefault="003B4198" w:rsidP="00521CFA">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00942789" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Педагоги-психологи </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проводят</w:t>
+      </w:r>
+      <w:r w:rsidR="00942789" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психологические тренинги, классные руководители, воспитатели </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организуют</w:t>
+      </w:r>
+      <w:r w:rsidR="00942789" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тренинги </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и мероприятия </w:t>
+      </w:r>
+      <w:r w:rsidR="00942789" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на развивающие темы.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7259AD62" w14:textId="22183BC5" w:rsidR="009F1111" w:rsidRDefault="00074491" w:rsidP="009F1111">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Рекомендуется вовлеч</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей (не обязательно с одного класса, на основании общих интерсов) в проектную </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деятельность</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для активизации внекласс</w:t>
+      </w:r>
+      <w:r w:rsidR="005A526A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой деятельности, реализацию креативных, эффективных, функциональных идей по</w:t>
+      </w:r>
+      <w:r w:rsidR="005A526A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководством педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5E9EFC" w14:textId="6147F4E4" w:rsidR="00942789" w:rsidRPr="00942789" w:rsidRDefault="00074491" w:rsidP="00942789">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidR="007275AA" w:rsidRPr="007275AA">
-[...9 lines deleted...]
-    <w:p w14:paraId="07F24289" w14:textId="77777777" w:rsidR="00521CFA" w:rsidRPr="00F63117" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+      <w:r w:rsidR="00942789" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. В конце дня проводятся</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0C75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00942789" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> игры по интересам, совместные просмотры фильмов, обсуждения проектов и т.д. могут привле</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6274">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00942789" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аться родители.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2158CCF2" w14:textId="3CBD2854" w:rsidR="009F1111" w:rsidRPr="00A53B3A" w:rsidRDefault="009F1111" w:rsidP="00A53B3A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="139FA89C" w14:textId="77777777" w:rsidR="00521CFA" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
-[...15 lines deleted...]
-    <w:p w14:paraId="6F142CA1" w14:textId="522793CB" w:rsidR="00521CFA" w:rsidRPr="007659CE" w:rsidRDefault="004D24A2" w:rsidP="00521CFA">
+    <w:p w14:paraId="14A6E901" w14:textId="0CBF82E7" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:spacing w:val="-20"/>
           <w:w w:val="110"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00521CFA">
+      <w:r w:rsidRPr="008B7C15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-тарау. Білім беру процесіне қатысушылардың функциялары</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="74011306" w14:textId="77777777" w:rsidR="00521CFA" w:rsidRPr="007659CE" w:rsidRDefault="00521CFA" w:rsidP="00521CFA">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Функции участников образовательного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624576BF" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="008B7C15" w:rsidRDefault="009F1111" w:rsidP="009F1111">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-20"/>
           <w:w w:val="110"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...325 lines deleted...]
-        <w:pStyle w:val="aa"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DE95DBF" w14:textId="071B8441" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00942789" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="003B4198">
-[...52 lines deleted...]
-        <w:pStyle w:val="aa"/>
+      <w:r w:rsidR="00074491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Руководитель организации среднего образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBE327E" w14:textId="5142D4B3" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– координирует деятельность летней школы в соответствии с планом работы с учетом вида школы (лицей, гимназия, общеобразовательная школа);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A3D7E7" w14:textId="430958A7" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00913F19" w:rsidP="00913F19">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...186 lines deleted...]
-        <w:pStyle w:val="aa"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – распределяет трудовые функции сотрудников, обеспечивающих функционирование летней школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739E815F" w14:textId="0817F275" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00AF62D0" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...377 lines deleted...]
-        <w:pStyle w:val="aa"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводит</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инструктаж с административным и педагогическим составом и другими сотрудниками по организации </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесса и соблюдению санитарных правил и норм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D60C27" w14:textId="3E8AC876" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00AF62D0" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">- </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролирует</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу летней школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089D0AB7" w14:textId="2B02D2E3" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00942789" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00074491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель руководителя организации среднего образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB0BA18" w14:textId="08218F8A" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– организует деятельность летней школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DFD342" w14:textId="5A02D24C" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирует дифференцированные группы/ классы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по итогам анализа оценивания учебных достижений и диагностики уров</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ня </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF62D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметных знаний,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B848B8" w14:textId="0A34B23C" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– составляет расписание занятий с учетом сформированных групп или классов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CA8819" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– организует обсуждение выбора и количества наиболее сложных тем по предметам на методических объединениях педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D3E4F9" w14:textId="7C828B45" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– организует консульта</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ции для педагогов, психологов и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> студентов-волонтеров; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5603FFA5" w14:textId="77777777" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– организует деятельность педагогов в соответствии с утвержденным планом работы и расписанием занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727338F3" w14:textId="7DBEAD03" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– проводит мониторинг </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебных достижений,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся и осуществляет текущий контроль работы педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495CC494" w14:textId="5A297799" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет подготовку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сравнительн</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аналитическ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>справк</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по результатам работы летней школы на педагогическ</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ий совет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4963" w:rsidRPr="00640297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендации для </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF4963">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нового </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EE36D0" w14:textId="7631E294" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00074491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB98341" w14:textId="5A24852B" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– проводят анализ результатов учебных достижений в течение года, диагностику уровня </w:t>
+      </w:r>
+      <w:r w:rsidR="00640297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметных знаний</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и по итогам формируют дифференцированные группы/ классы обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16ED4F93" w14:textId="42AEC817" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– доводят до сведения обучающихся и их родителей/законных представителей информацию об уровне учебных достижений и план работы по устранению пробелов в знаниях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="291270BA" w14:textId="3C279DAB" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– реализуют учебный процесс </w:t>
+      </w:r>
+      <w:r w:rsidR="00640297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="00640297" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расписани</w:t>
+      </w:r>
+      <w:r w:rsidR="00640297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю с учетом пробелов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в знаниях</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, допущенных обучающимися</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437B5D7F" w14:textId="09B2AC9E" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный процесс </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утвержденно</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> план</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и расписани</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с использованием эффективных методов и приемов обучения (для закрепления учебного материала) и учебных заданий PISA, вышедших из режима конфиденциальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBEA760" w14:textId="5AEB06CE" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64F35" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ведут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учет посещаемости занятий в летней школе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232810B4" w14:textId="4B035CFB" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– проводят </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64F35" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальные консультации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5315828F" w14:textId="2D4F20CA" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сравнительный анализ по итогам завершения летней школы по </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>курируемому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предмету по у</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чебным достижениям обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для построения учебного процесса в </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6CECDF" w14:textId="6B366EAC" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00074491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00942789" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Школьные психологи</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC7EB6D" w14:textId="583BBA96" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="009F1111" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологическое сопровождение обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD9F99D" w14:textId="777FB720" w:rsidR="00942789" w:rsidRPr="00942789" w:rsidRDefault="00942789" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– пров</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обучающихся и их родителей/законных представителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3979DD4F" w14:textId="13960186" w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidRDefault="00CF3594" w:rsidP="00942789">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...117 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00E513B5" w:rsidRPr="00E513B5">
-[...660 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организацию </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64F35" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологически</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1111" w:rsidRPr="00942789">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тренинг</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF40CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="00640297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-    <w:sectPr w:rsidR="005212AB" w:rsidRPr="005212AB" w:rsidSect="009D2853">
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:sectPr w:rsidR="009F1111" w:rsidRPr="00942789" w:rsidSect="007A3CB5">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
-      <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="991" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44449214" w14:textId="77777777" w:rsidR="004B45A9" w:rsidRDefault="004B45A9" w:rsidP="009E0DBD">
+    <w:p w14:paraId="531021E5" w14:textId="77777777" w:rsidR="0054547F" w:rsidRDefault="0054547F" w:rsidP="00477A56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EFA5363" w14:textId="77777777" w:rsidR="004B45A9" w:rsidRDefault="004B45A9" w:rsidP="009E0DBD">
+    <w:p w14:paraId="3EA45E05" w14:textId="77777777" w:rsidR="0054547F" w:rsidRDefault="0054547F" w:rsidP="00477A56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="font289">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="+mn-ea">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="642BBFA5" w14:textId="7BAE21D2" w:rsidR="005212AB" w:rsidRDefault="005212AB">
+  <w:p w14:paraId="696A4380" w14:textId="293B59FC" w:rsidR="00074491" w:rsidRDefault="00074491">
     <w:pPr>
-      <w:pStyle w:val="af2"/>
+      <w:pStyle w:val="af1"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6254642E" wp14:editId="2CD3550E">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F7E9FE" wp14:editId="4915B902">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>6459220</wp:posOffset>
+                <wp:posOffset>6369050</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-9002522</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Надпись 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="8019098"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="262B9655" w14:textId="4E899AB7" w:rsidR="005212AB" w:rsidRPr="005212AB" w:rsidRDefault="005212AB">
+                        <w:p w14:paraId="30C8CD32" w14:textId="6BC738DA" w:rsidR="00074491" w:rsidRPr="00047E6D" w:rsidRDefault="00074491">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">26.05.2021 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
+                            <w:t xml:space="preserve">26.05.2021 ЭҚАБЖ МО (7.23.0 </w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:color w:val="0C0000"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t>нұсқасы</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:color w:val="0C0000"/>
+                              <w:sz w:val="14"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
           <w:pict>
-            <v:shapetype w14:anchorId="6254642E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="64F7E9FE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Надпись 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:508.6pt;margin-top:-708.85pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDr9qiAswIAAEoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVLFu2zAQ3Qv0HwjujiRHsS0hcuAkcFHA&#10;SAIkRWaaoiKhFMmStK20yNC9v9B/6NChW3/B+aMeKclx0g5F0YU83h2Pd+/d8fikqTlaM20qKTIc&#10;HYQYMUFlXom7DL+7mQ8mGBlLRE64FCzD98zgk+nrV8cblbKhLCXPmUYQRJh0ozJcWqvSIDC0ZDUx&#10;B1IxAcZC6ppYOOq7INdkA9FrHgzDcBRspM6VlpQZA9rz1oinPn5RMGovi8Iwi3iGITfrV+3XpVuD&#10;6TFJ7zRRZUW7NMg/ZFGTSsCju1DnxBK00tVvoeqKamlkYQ+orANZFBVlvgaoJgpfVHNdEsV8LQCO&#10;UTuYzP8LSy/WVxpVOXCHkSA1ULT9uv22/b79uf3x+PnxC4ocRhtlUnC9VuBsm1PZOP9Ob0DpSm8K&#10;XbsdikJgB7TvdwizxiIKysNJFIZgoWCahFESJhMXJni6rbSxb5iskRMyrIFBDyxZL4xtXXsX95iQ&#10;84pz0JOUC7TJ8OjwKPQXdhYIzoVzgCQgRie17HxKomEcng6TwXw0GQ/ieXw0SMbhZAC5nSajME7i&#10;8/mDixfFaVnlOROLSrC+U6L475joerbl2PfKs1SN5FXu6nC5uerOuEZrAi275IS+7xDa8wqep+MB&#10;hOr63VcZOM5abpxkm2XTEbaU+T3wqCXgC1wYRecVPLogxl4RDe0PShhpewlLwSWAKjsJo1Lqj3/S&#10;O/8Mu3U4husbmKgMmw8rohlG/K2Alk2iOAaT9Yf4aDyEg963LPctYlWfSUAA2hIS9KLzt7wXCy3r&#10;Wxj+mXsYTERQSC7DthfPbDvn8HlQNpt5Jxg6RexCXCvqQvd43zS3RKuu5SwgeSH72SPpi85rfd1N&#10;IWcrK4vKt6XDuAUWWHAHGFjPR/e5uB9h/+y9nr7A6S8AAAD//wMAUEsDBBQABgAIAAAAIQBrYNrU&#10;4gAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlfoO1lbiBrYRbVAaB1UVpYeqB35U&#10;cTTxNomI11FsSPr2dU5wnNlPszPZarANu2Lna0cK5EwAQyqcqalUcNh/TJfAfNBkdOMIFfyhh1X+&#10;+JDp1LietnjdhZLFEPKpVlCF0Kac+6JCq/3MtUjx9us6q0OUXclNp/sYbhs+F+KFW11T/FDpFt8r&#10;LM67i1WwlV/+2xzDgXy/HjbmuP6hz7NSk6fh7RVYwCHcYBjrx+qQx04ndyHjWRO1kMk8sgqmciGT&#10;BNgIiWQ0T6P5vFgCzzN+PyT/BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOv2qICzAgAA&#10;SgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGtg2tTi&#10;AAAAEAEAAA8AAAAAAAAAAAAAAAAADQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Надпись 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:501.5pt;margin-top:-708.85pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDr9qiAswIAAEoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVLFu2zAQ3Qv0HwjujiRHsS0hcuAkcFHA&#10;SAIkRWaaoiKhFMmStK20yNC9v9B/6NChW3/B+aMeKclx0g5F0YU83h2Pd+/d8fikqTlaM20qKTIc&#10;HYQYMUFlXom7DL+7mQ8mGBlLRE64FCzD98zgk+nrV8cblbKhLCXPmUYQRJh0ozJcWqvSIDC0ZDUx&#10;B1IxAcZC6ppYOOq7INdkA9FrHgzDcBRspM6VlpQZA9rz1oinPn5RMGovi8Iwi3iGITfrV+3XpVuD&#10;6TFJ7zRRZUW7NMg/ZFGTSsCju1DnxBK00tVvoeqKamlkYQ+orANZFBVlvgaoJgpfVHNdEsV8LQCO&#10;UTuYzP8LSy/WVxpVOXCHkSA1ULT9uv22/b79uf3x+PnxC4ocRhtlUnC9VuBsm1PZOP9Ob0DpSm8K&#10;XbsdikJgB7TvdwizxiIKysNJFIZgoWCahFESJhMXJni6rbSxb5iskRMyrIFBDyxZL4xtXXsX95iQ&#10;84pz0JOUC7TJ8OjwKPQXdhYIzoVzgCQgRie17HxKomEcng6TwXw0GQ/ieXw0SMbhZAC5nSajME7i&#10;8/mDixfFaVnlOROLSrC+U6L475joerbl2PfKs1SN5FXu6nC5uerOuEZrAi275IS+7xDa8wqep+MB&#10;hOr63VcZOM5abpxkm2XTEbaU+T3wqCXgC1wYRecVPLogxl4RDe0PShhpewlLwSWAKjsJo1Lqj3/S&#10;O/8Mu3U4husbmKgMmw8rohlG/K2Alk2iOAaT9Yf4aDyEg963LPctYlWfSUAA2hIS9KLzt7wXCy3r&#10;Wxj+mXsYTERQSC7DthfPbDvn8HlQNpt5Jxg6RexCXCvqQvd43zS3RKuu5SwgeSH72SPpi85rfd1N&#10;IWcrK4vKt6XDuAUWWHAHGFjPR/e5uB9h/+y9nr7A6S8AAAD//wMAUEsDBBQABgAIAAAAIQCyvXfJ&#10;4gAAABABAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWjtQ2irEqRAq9IA4tFSo&#10;RzdekqjxOordJvx9Nyc4zuxo9k22GlwjLtiF2pOGZKpAIBXe1lRq2H+9TZYgQjRkTeMJNfxigFV+&#10;e5OZ1PqetnjZxVJwCYXUaKhibFMpQ1GhM2HqWyS+/fjOmciyK6XtTM/lrpEPSs2lMzXxh8q0+Fph&#10;cdqdnYZt8hE+7SHuKfTr4d0e1t+0OWl9fze8PIOIOMS/MIz4jA45Mx39mWwQDWulHnlM1DBJZsli&#10;AWIMqfloHkfzabYEmWfy/5D8CgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOv2qICzAgAA&#10;SgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALK9d8ni&#10;AAAAEAEAAA8AAAAAAAAAAAAAAAAADQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="262B9655" w14:textId="4E899AB7" w:rsidR="005212AB" w:rsidRPr="005212AB" w:rsidRDefault="005212AB">
+                  <w:p w14:paraId="30C8CD32" w14:textId="6BC738DA" w:rsidR="00047E6D" w:rsidRPr="00047E6D" w:rsidRDefault="00047E6D">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">26.05.2021 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E563D01" w14:textId="77777777" w:rsidR="004B45A9" w:rsidRDefault="004B45A9" w:rsidP="009E0DBD">
+    <w:p w14:paraId="43282841" w14:textId="77777777" w:rsidR="0054547F" w:rsidRDefault="0054547F" w:rsidP="00477A56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A5BFAC7" w14:textId="77777777" w:rsidR="004B45A9" w:rsidRDefault="004B45A9" w:rsidP="009E0DBD">
+    <w:p w14:paraId="038A854D" w14:textId="77777777" w:rsidR="0054547F" w:rsidRDefault="0054547F" w:rsidP="00477A56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="988514442"/>
+      <w:id w:val="1001469038"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="1C4842DF" w14:textId="22849A26" w:rsidR="009D2853" w:rsidRDefault="009D2853">
+      <w:p w14:paraId="3458F65F" w14:textId="05ABBB1A" w:rsidR="00074491" w:rsidRDefault="00074491">
         <w:pPr>
-          <w:pStyle w:val="af0"/>
+          <w:pStyle w:val="af"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="008B149C">
+        <w:r w:rsidR="003D7A3C">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="368E2950" w14:textId="77777777" w:rsidR="00983E7D" w:rsidRDefault="00983E7D">
+  <w:p w14:paraId="65EA2C77" w14:textId="77777777" w:rsidR="00074491" w:rsidRDefault="00074491">
     <w:pPr>
-      <w:pStyle w:val="af0"/>
-[...45 lines deleted...]
-      <w:pStyle w:val="af0"/>
+      <w:pStyle w:val="af"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2E89736F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17E87070"/>
     <w:lvl w:ilvl="0" w:tplc="7CA67126">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
@@ -5401,160 +5254,137 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="76920AAD"/>
+    <w:nsid w:val="71AB6EDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A2EE1456"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="–"/>
+    <w:tmpl w:val="BAA0123C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...31 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="79700985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1994B4F4"/>
     <w:lvl w:ilvl="0" w:tplc="072C5CA8">
       <w:start w:val="37"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="435" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5631,758 +5461,188 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5475" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-[...2 lines deleted...]
-  <w:numIdMacAtCleanup w:val="3"/>
+  <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
   <w:hideSpellingErrors/>
-  <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00525837"/>
-[...645 lines deleted...]
-    <w:rsid w:val="00FF752F"/>
+    <w:rsidRoot w:val="00D32C8E"/>
+    <w:rsid w:val="00047E6D"/>
+    <w:rsid w:val="00061BB4"/>
+    <w:rsid w:val="00074491"/>
+    <w:rsid w:val="00075BCD"/>
+    <w:rsid w:val="00117153"/>
+    <w:rsid w:val="001413B9"/>
+    <w:rsid w:val="00143EBB"/>
+    <w:rsid w:val="001E346F"/>
+    <w:rsid w:val="002254AA"/>
+    <w:rsid w:val="002329A6"/>
+    <w:rsid w:val="002A58B1"/>
+    <w:rsid w:val="00300035"/>
+    <w:rsid w:val="00361A2A"/>
+    <w:rsid w:val="00372063"/>
+    <w:rsid w:val="00391BA5"/>
+    <w:rsid w:val="003A5CF2"/>
+    <w:rsid w:val="003A7E42"/>
+    <w:rsid w:val="003D7A3C"/>
+    <w:rsid w:val="00414D9E"/>
+    <w:rsid w:val="00432584"/>
+    <w:rsid w:val="00477A56"/>
+    <w:rsid w:val="004E23D0"/>
+    <w:rsid w:val="004F3064"/>
+    <w:rsid w:val="0054547F"/>
+    <w:rsid w:val="00553D6B"/>
+    <w:rsid w:val="005A526A"/>
+    <w:rsid w:val="00640297"/>
+    <w:rsid w:val="0064524F"/>
+    <w:rsid w:val="00685A35"/>
+    <w:rsid w:val="006B6403"/>
+    <w:rsid w:val="007A3CB5"/>
+    <w:rsid w:val="007A4A3B"/>
+    <w:rsid w:val="007F34D6"/>
+    <w:rsid w:val="0082239E"/>
+    <w:rsid w:val="0082386D"/>
+    <w:rsid w:val="00913F19"/>
+    <w:rsid w:val="009361BA"/>
+    <w:rsid w:val="00942789"/>
+    <w:rsid w:val="009C3219"/>
+    <w:rsid w:val="009F1111"/>
+    <w:rsid w:val="009F730D"/>
+    <w:rsid w:val="00A53B3A"/>
+    <w:rsid w:val="00A61127"/>
+    <w:rsid w:val="00A82D29"/>
+    <w:rsid w:val="00A961C1"/>
+    <w:rsid w:val="00AA2533"/>
+    <w:rsid w:val="00AC0C75"/>
+    <w:rsid w:val="00AF62D0"/>
+    <w:rsid w:val="00B26A43"/>
+    <w:rsid w:val="00B41D17"/>
+    <w:rsid w:val="00B57D9C"/>
+    <w:rsid w:val="00B720B4"/>
+    <w:rsid w:val="00B7445D"/>
+    <w:rsid w:val="00B9630A"/>
+    <w:rsid w:val="00BA5DFB"/>
+    <w:rsid w:val="00BC3C5A"/>
+    <w:rsid w:val="00BD09A7"/>
+    <w:rsid w:val="00C42BEB"/>
+    <w:rsid w:val="00CC6274"/>
+    <w:rsid w:val="00CD0F21"/>
+    <w:rsid w:val="00CF3594"/>
+    <w:rsid w:val="00CF40CD"/>
+    <w:rsid w:val="00CF4963"/>
+    <w:rsid w:val="00D31F0A"/>
+    <w:rsid w:val="00D32C8E"/>
+    <w:rsid w:val="00D96144"/>
+    <w:rsid w:val="00E21180"/>
+    <w:rsid w:val="00E5253C"/>
+    <w:rsid w:val="00E64F35"/>
+    <w:rsid w:val="00EF0232"/>
+    <w:rsid w:val="00F56E01"/>
+    <w:rsid w:val="00F856EF"/>
+    <w:rsid w:val="00F91E40"/>
+    <w:rsid w:val="00FD1869"/>
+    <w:rsid w:val="00FF4EC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="727F99DE"/>
-  <w15:docId w15:val="{6BEE6142-0C66-45B2-8ADC-8E159672379E}"/>
+  <w14:docId w14:val="1CDD2F9C"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{3085209D-9FD8-43BF-A0DD-9B2C17362F87}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6735,2576 +5995,1813 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000339CF"/>
+    <w:rsid w:val="009F1111"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="009F1111"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="009F1111"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009F1111"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="454"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009F1111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009F1111"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="454"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="маркированный,Абзац списка1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009F1111"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:aliases w:val="маркированный Знак,Абзац списка1 Знак"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009F1111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="009F1111"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:qFormat/>
+    <w:rsid w:val="009F1111"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="009F1111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:qFormat/>
+    <w:rsid w:val="009F1111"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="009F1111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009F1111"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009F1111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00477A56"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00477A56"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00477A56"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00477A56"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003A7E42"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="5"/>
     <w:semiHidden/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...45 lines deleted...]
-  <w:style w:type="character" w:styleId="a7">
+  <w:style w:type="character" w:styleId="af3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="character" w:styleId="af4">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="af5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...16 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="af6">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="af7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af7">
     <w:name w:val="Текст примечания Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="af6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="paragraph" w:styleId="af8">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af"/>
+    <w:link w:val="af9"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ae"/>
+    <w:link w:val="af8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...31 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="jsgrdq">
     <w:name w:val="jsgrdq"/>
-    <w:rsid w:val="0058163D"/>
-[...25 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
     <w:name w:val="Table Normal1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af4">
-[...30 lines deleted...]
-  <w:style w:type="table" w:styleId="af6">
+  <w:style w:type="table" w:styleId="afa">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="listparagraphcxspmiddle">
     <w:name w:val="listparagraphcxspmiddle"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="listparagraphcxsplast">
     <w:name w:val="listparagraphcxsplast"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormalcxspmiddle">
     <w:name w:val="msonormalcxspmiddle"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af7">
+  <w:style w:type="paragraph" w:styleId="afb">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af8"/>
+    <w:link w:val="afc"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="afc">
     <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af7"/>
+    <w:link w:val="afb"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="11">
     <w:name w:val="Нет списка1"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
-[...1 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+    <w:rsid w:val="003A7E42"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afd">
     <w:name w:val="a"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:color w:val="333399"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s2">
     <w:name w:val="s2"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:color w:val="333399"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="110">
     <w:name w:val="Нет списка11"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="12">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="afa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="afe">
     <w:name w:val="Нет"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="21">
     <w:name w:val="Нет списка2"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
     <w:name w:val="Без интервала1"/>
     <w:link w:val="NoSpacingChar"/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="font289"/>
       <w:kern w:val="1"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="afb">
+  <w:style w:type="character" w:styleId="aff">
     <w:name w:val="line number"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="22">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="23"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="23">
     <w:name w:val="Основной текст с отступом 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="22"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="afc">
+  <w:style w:type="paragraph" w:styleId="aff0">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="14">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="afd">
+  <w:style w:type="character" w:styleId="aff1">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="120">
     <w:name w:val="Нет списка12"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="111">
     <w:name w:val="Нет списка111"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="1111">
     <w:name w:val="Нет списка1111"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="31">
     <w:name w:val="Нет списка3"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="4">
     <w:name w:val="Нет списка4"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal11">
     <w:name w:val="Table Normal11"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0058163D"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
-[...14 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afe">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aff2">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00FE0009"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aff">
-[...55 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="015">
     <w:name w:val="Стиль Слева:  0 см Выступ:  15 см"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00FE0009"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
     <w:name w:val="Знак Знак Знак1 Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00FE0009"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aff3">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00FE0009"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="16">
     <w:name w:val="Текст сноски1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="aff4"/>
     <w:link w:val="aff5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D00116"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aff5">
     <w:name w:val="Текст сноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="16"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D00116"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aff6">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D00116"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aff4">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="17"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D00116"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="17">
     <w:name w:val="Текст сноски Знак1"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aff4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D00116"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="51">
     <w:name w:val="Нет списка5"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E8350E"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="24">
     <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E8350E"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="112">
     <w:name w:val="Сетка таблицы11"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E8350E"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="210">
     <w:name w:val="Сетка таблицы21"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E8350E"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="32">
     <w:name w:val="Сетка таблицы3"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E8350E"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="40">
     <w:name w:val="Сетка таблицы4"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E8350E"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="6">
     <w:name w:val="Нет списка6"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004770F3"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="52">
     <w:name w:val="Сетка таблицы5"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="004770F3"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="121">
     <w:name w:val="Сетка таблицы12"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="004770F3"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="220">
     <w:name w:val="Сетка таблицы22"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="004770F3"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="510">
     <w:name w:val="Сетка таблицы51"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="004770F3"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="60">
     <w:name w:val="Сетка таблицы6"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="0037764B"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="7">
     <w:name w:val="Нет списка7"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C1C40"/>
+    <w:rsid w:val="003A7E42"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="70">
     <w:name w:val="Сетка таблицы7"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003C1C40"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="130">
     <w:name w:val="Сетка таблицы13"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003C1C40"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="230">
     <w:name w:val="Сетка таблицы23"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="003C1C40"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="13"/>
     <w:locked/>
-    <w:rsid w:val="003C1C40"/>
+    <w:rsid w:val="003A7E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="font289"/>
       <w:kern w:val="1"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="520">
     <w:name w:val="Сетка таблицы52"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="003C1C40"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="9">
     <w:name w:val="Сетка таблицы9"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="003C1C40"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="61">
     <w:name w:val="Сетка таблицы61"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="003C1C40"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="8">
     <w:name w:val="Сетка таблицы8"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="002F54FB"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="100">
     <w:name w:val="Сетка таблицы10"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="af6"/>
+    <w:next w:val="afa"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00533C85"/>
+    <w:rsid w:val="003A7E42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:divs>
-[...788 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -9420,78 +7917,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A688F30F-B3ED-46D0-A34C-333C5C2028CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAC79A63-8446-4BAD-9582-9169453CA072}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1230</Words>
-  <Characters>7011</Characters>
+  <Words>1138</Words>
+  <Characters>6491</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8225</CharactersWithSpaces>
+  <CharactersWithSpaces>7614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Абдрахманова Назира Кабдоллаевна</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>