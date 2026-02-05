--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -1,4053 +1,4686 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006D43BE" w:rsidRPr="00E32DE3" w:rsidRDefault="00C61FEE" w:rsidP="00E32DE3">
-[...42 lines deleted...]
-    <w:p w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
+    <w:p w:rsidR="000B08CD" w:rsidRDefault="007B3271" w:rsidP="003B2574">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00967778" w:rsidRDefault="007927EF" w:rsidP="001C64E9">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №126 сәбилер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Эстетикалық даму орталығы» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КМҚК </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B2574" w:rsidRPr="00124F76" w:rsidRDefault="003B2574" w:rsidP="003B2574">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00967778" w:rsidRDefault="00E32DE3" w:rsidP="00E32DE3">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тағайындауға ашық конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00124F76" w:rsidRDefault="001C64E9" w:rsidP="00124F76">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00967778">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D3649F" w:rsidRPr="00967778">
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="00AC565C" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="009C5FF6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="007D43D8">
+        <w:t xml:space="preserve">ж. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B3271" w:rsidRPr="007B3271" w:rsidRDefault="007B3271" w:rsidP="007B3271">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының №126 сәбилер  бақшасы -  Эстетикалық даму орталығы» КМҚК, Майра көшесі, 27, телефон 8 (7812) 52-60-93; эл.пошта: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="007B3271">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>ds126@bk.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="008B4EB9" w:rsidRDefault="003B2574" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәбилер бақшасы қазақ және орыс тілдерінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00967778">
-[...18 lines deleted...]
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="001C64E9" w:rsidP="00E51243">
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="003B2574" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00980E00" w:rsidRPr="00980E00">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0058555C" w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе қайта даярлау курстарынан өткенін растайтын құжат, жұмыс өтіліне талап қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>тиісті бейін бойынша техникалық және кәсіптік білімі; мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>педагог-шебер үшін тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім; мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-зерттеуші үшін бейіні бойынша техникалық және кәсіптік білімі бар жағдайда педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) "педагог" (санаты жоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мектепке дейінгі ұйым әдіскеріне қойылатын жалпы талаптарға сәйкес болуы керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Үлгілік оқу жоспарының, Үлгілік оқу бағдарламаның мазмұны мен құрылымын білу, мектепке дейінгі тәрбие мен оқытудың әдістері туралы білімі, балалардың психологиялық және жас ерекшеліктерін ескере отырып, оқу процесін жоспарлау және ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>мектепке дейінгі жылдық жоспар құру және әдістемелік жұмысты ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>балалардың дағдыларын дамыту сапасын бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>білім беру ұйымы деңгейінде іс-шаралар ұйымдастырады; меншікті ақпараттық-коммуникациялық құзыреттілікті білу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Санаты жоқ "педагог" санатына қойылатын жалпы талаптарға жауапты болуы керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>мектепке дейінгі тәрбие мен оқытудың әдіснамасын білуі керек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ұзақ мерзімді жоспар мен циклограмма жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық әдістер мен технологияларды қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік бірлестіктердің, семинарлардың, конференциялардың жұмысын ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтерге инновациялық технологияларды практикада қолдану бойынша әдістемелік көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің кәсіби біліктілігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меншікті ақпараттық-коммуникациялық құзыреттілігін білу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="007B3271" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) "педагог-сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-модератор" санатына қойылатын жалпы талаптарға сәйкес келуі керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзақ мерзімді жоспар мен циклограмма жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды оқыту мен тәрбиелеуді ұйымдастыруды талдау дағдыларына ие болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің аудандық, қалалық кәсіби жарыстарға қатысуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік бірлестіктер, кеңестер, семинарлар, конференциялар ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің біліктілігін арттыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық/қалалық деңгейдегі ұйым педагогтердің жеке және тәжірибелерін жинақтау, меншікті ақпараттық-коммуникациялық құзіреттілік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="007B3271" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) "педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-сарапшы" санатына қойылатын жалпы талаптарға жауапты болуы керек, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық, қалалық әдістемелік бірлестіктердің, семинарлардың, конференциялардың жұмысына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің зерттеу құзіреттілігін дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің қалалық және облыстық жарыстарға қатысуын қамтамасыз етуге; аудандық, қалалық және облыстық деңгейде әдістемелік жұмыстың тәжірибесін ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикалық тәлімгерлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көпшілік алдында сөйлеу және аудиториямен қарым-қатынас жасау дағдыларына ие болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп жасына дейінгі балаларды оқыту мен тәрбиелеудің заманауи әдістерін қолдануға шығармашылық ізденістер жүргізу; мектепке дейінгі тәрбие мен оқытудың әдістемелік әзірлемелері бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="007B3271" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) "педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"педагог-зерттеуші" санатына қойылатын жалпы талаптарға жауап беруі керек, сонымен қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлттық және халықаралық деңгейдегі әдістемелік семинарлар мен конференциялардың жұмысына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу, тәрбие әдістерін, оқу бағдарламаларын әзірлеу дағдыларын білу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің облыстық және республикалық жарыстарға қатысуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикалық тәлімгерлік және педагогикалық қоғамдастықтың даму стратегиясын конструктивті түрде анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық оқу-әдістемелік кеңесінде немесе Республикалық оқу-әдістемелік кеңесінде мақұлданған, әдістемелік құжаттардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми жобалау дағдыларын дамытуды қамтамасыз ету,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="000B08CD" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті қамтамасыз ету және облыстық деңгейде кәсіби қоғамдастық желісін дамыту; республикалық және халықаралық жарыстарға қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00980E00" w:rsidRPr="00980E00">
-[...1064 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A85619">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру қызметін әдістемелік қамтамасыз етуді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу, оқу-тақырыптық жоспарлар және бағдарламаларды құрастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балаларға арналған білім беру бағдарламаларын таңдауға (әзірлеуге) қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас ерекшелік топтары бойынша сабақты жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбие мен оқытудың мазмұнын, нысанын, әдістері мен құралдарын анықтауға көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу-әдістемелік құжаттамаларды әзірлеуді, рецензиялауды және бекітуге дайындауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаңартылған педагогикалық тәжірибелерді анықтауды, зерделеуді, таратуды және енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу әдістемелік құралдармен, ойындармен, ойыншықтармен топтарды жабдықтауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу-әдістемелік және тәрбие жұмыстарының жағдайына талдау жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиешілер үшін ашық сабақтар, семинарлар, жеке және топ бойынша консультациялар, конкурстар мен көрмелер өткізеді, шығармашылық топтардың жұмысын ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу-педагогикалық және әдістемелік әдебиеттердің деректер банкін жүргізеді, есепке алу және есеп беру құжаттамаларын уақытылы ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиешілердің, психологтардың, логопедтердің, музыкалық жетекшілердің, басқа да ұйым мамандарының өзара әрекеттесуін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ерекше білім беру қажеттіліктері бар балаларды психологиялық-педагогикалық сүйемелдеу қызметінің қызметін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...1056 lines deleted...]
-    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="001C64E9" w:rsidP="0026585A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиеші лауазымына және олардың көмекшілеріне кадрларды іріктеу бойынша ұсыныстар енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілікті арттыру және біліктілік санаттарын беру (растау), педагогтарды аттестаттау бойынша жұмысты үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00487807" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="708"/>
-[...7 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00487807">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E51243">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...751 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003D06EF">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі тиіс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487807">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487807">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:anchor="z67" w:history="1">
-        <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z1" w:history="1">
+        <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>Конституцию</w:t>
+          <w:t>Конституциясын</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00737876" w:rsidRPr="00737876">
-[...7 lines deleted...]
-        <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "Неке (ерлі-зайыптылық) және отбасы туралы" </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z1" w:history="1">
+        <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>Об образовании</w:t>
+          <w:t>Кодексін</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00737876" w:rsidRPr="00737876">
-[...41 lines deleted...]
-    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> және басқа да білім беруді дамытудың бағыттары мен келешегін айқындайтын нормативтік құқықтық актілерді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі оқыту мен білім берудің мемлекеттік жалпыға міндетті білім беру стандарттарын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дидактика принциптерін, педагогика негіздерін, психологияны, жалпы және жеке оқыту және тәрбиелеу әдістерін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="00737876" w:rsidP="00737876">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек туралы заңнама негіздерін, еңбекті қорғау нормалары мен ережелерін, техника қауіпсіздігі және өртке қарсы қорғанудың ережелері мен нормаларын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
-      </w:pPr>
-[...22 lines deleted...]
-    <w:p w:rsidR="001D6702" w:rsidRPr="00050CB6" w:rsidRDefault="001D6702" w:rsidP="001D6702">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік және ақпараттық материалдың жүйелендірудің қағидаларын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00460AA6" w:rsidRPr="009144D3" w:rsidRDefault="00F82760" w:rsidP="00460AA6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00737876">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D1610E">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнаулы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D1610E">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>90000</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>113101</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00460AA6" w:rsidRPr="009144D3" w:rsidRDefault="00F82760" w:rsidP="00460AA6">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00737876">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 9</w:t>
       </w:r>
-      <w:r w:rsidR="00D1610E">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>0000</w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>–11</w:t>
       </w:r>
-      <w:r w:rsidR="00D1610E">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>9914</w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...21 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...15 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D3649F">
-[...11 lines deleted...]
-      <w:r w:rsidR="00D3649F">
+      <w:r w:rsidR="007B3271" w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №126 сәбилер  бақшасы -  Эстетикалық даму орталығы» КМҚК, Майра көшесі, 27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00737876" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00737876" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сихоневрологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аркологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00244DA8" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лттық біліктілік тестілеу сертификаты (бұдан әрі - </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБС</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00244DA8" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...5 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиешінің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00460AA6" w:rsidRDefault="008C7E84" w:rsidP="00D3649F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...28 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="008C7E84" w:rsidP="00D3649F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008C7E84">
         <w:rPr>
           <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ақпаратты нақтылау үшін байланыс телефондары және электрондық мекенжайлары</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:rPr>
           <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001C64E9">
         <w:t>8(7182</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD1601">
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00244DA8">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="003D4C0B">
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3271">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>52-60-93</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001C64E9">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001C64E9">
         <w:rPr>
           <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>электронный адрес </w:t>
-[...11 lines deleted...]
-      </w:r>
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3271" w:rsidRPr="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="007B3271" w:rsidRPr="007B3271">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>ds126@bk.ru</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidSect="00D3649F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="074C1470"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2781CE0"/>
+    <w:lvl w:ilvl="0" w:tplc="24B2166C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2029" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2749" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4189" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4909" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5629" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6349" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7069" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="001C64E9"/>
-    <w:rsid w:val="000639C7"/>
-    <w:rsid w:val="000B7366"/>
+    <w:rsid w:val="00001383"/>
+    <w:rsid w:val="000524B7"/>
+    <w:rsid w:val="000B08CD"/>
     <w:rsid w:val="000C4DB4"/>
-    <w:rsid w:val="000E39CF"/>
-    <w:rsid w:val="001105EA"/>
+    <w:rsid w:val="001148EF"/>
     <w:rsid w:val="00124F76"/>
     <w:rsid w:val="001C64E9"/>
-    <w:rsid w:val="001D6702"/>
-[...9 lines deleted...]
-    <w:rsid w:val="0055752A"/>
+    <w:rsid w:val="00244DA8"/>
+    <w:rsid w:val="003B2574"/>
+    <w:rsid w:val="003D06EF"/>
+    <w:rsid w:val="00424499"/>
+    <w:rsid w:val="00460AA6"/>
+    <w:rsid w:val="00487807"/>
+    <w:rsid w:val="004E5358"/>
     <w:rsid w:val="0058192E"/>
-    <w:rsid w:val="005D0D40"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007927EF"/>
+    <w:rsid w:val="0058555C"/>
+    <w:rsid w:val="005A0ADC"/>
+    <w:rsid w:val="0062769F"/>
+    <w:rsid w:val="00693BCD"/>
+    <w:rsid w:val="007B3271"/>
+    <w:rsid w:val="007D43D8"/>
+    <w:rsid w:val="007E1055"/>
+    <w:rsid w:val="007F305E"/>
     <w:rsid w:val="007F60A1"/>
-    <w:rsid w:val="008A23B8"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00D1610E"/>
+    <w:rsid w:val="008A7859"/>
+    <w:rsid w:val="008B4EB9"/>
+    <w:rsid w:val="008C7E84"/>
+    <w:rsid w:val="008F5548"/>
+    <w:rsid w:val="009144D3"/>
+    <w:rsid w:val="00993EF0"/>
+    <w:rsid w:val="009B1AA6"/>
+    <w:rsid w:val="009C5FF6"/>
+    <w:rsid w:val="009E724B"/>
+    <w:rsid w:val="00A85619"/>
+    <w:rsid w:val="00AA469B"/>
+    <w:rsid w:val="00AA4D07"/>
+    <w:rsid w:val="00AC565C"/>
+    <w:rsid w:val="00AE54C5"/>
+    <w:rsid w:val="00B975A0"/>
+    <w:rsid w:val="00C709FF"/>
     <w:rsid w:val="00D3649F"/>
-    <w:rsid w:val="00E32DE3"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FB1C6A"/>
+    <w:rsid w:val="00D632CB"/>
+    <w:rsid w:val="00D66E12"/>
+    <w:rsid w:val="00D8515C"/>
+    <w:rsid w:val="00DD7509"/>
+    <w:rsid w:val="00F34462"/>
+    <w:rsid w:val="00F82760"/>
+    <w:rsid w:val="00FE3A3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="12290"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4242,160 +4875,148 @@
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="001D6702"/>
+    <w:rsid w:val="00460AA6"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F27268"/>
+    <w:rsid w:val="00460AA6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="36859753">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="502938136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="601836139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="955450914">
+    <w:div w:id="911157249">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1654063929">
+    <w:div w:id="1289824893">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1684360522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ds126@bk.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ds126@bk.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4637,87 +5258,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1552</Words>
-  <Characters>8847</Characters>
+  <Words>1496</Words>
+  <Characters>8532</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
+  <Lines>71</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>office 2007 rus ent:</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10379</CharactersWithSpaces>
+  <CharactersWithSpaces>10008</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>