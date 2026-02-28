--- v0 (2026-01-07)
+++ v1 (2026-02-28)
@@ -1,522 +1,759 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D54489" w:rsidRPr="002E6837" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="004B329C" w:rsidRPr="00471452" w:rsidRDefault="004B329C" w:rsidP="004B329C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тіл – </w:t>
+      </w:r>
+      <w:r w:rsidR="006352CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарым -қатынас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00471452" w:rsidRPr="00471452" w:rsidRDefault="00471452" w:rsidP="004B329C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00D54489">
-[...17 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="009C5048" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазіргі заман талабына сай үш тілді білу – әркімнің дербес табыстылығының міндетті шарты. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ал үш тілді білудің алғышарты ана тілінің ережелері мен нормаларын меңгеру негізімен тікелей байланысты.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тіл – ұлттық тәрбиенің негізі. Туған тілдің тағдырын ойлағанда ең бірінші көз алдымызға бүгінгі жас ұрпақ елестейтіні орынды. Өйткені тіл үйрену - балабақшада, бастауыш сыныптарда дыбыс үйретуден басталады. Фонетикадағы дыбыстарды дұрыс айтылуын білмеген бала сөзді сезбейді, түсінбейді. Ол үшін сол дыбысты, сөзді тыңдау, есту, көру, сезу керек. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D94613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сонда ғанасөздіңмазмұнын эмоция, ым - ишара, бейнеарқылытүсінеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D94613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D94613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кішіжастан - ақбаланыңтілүйренугедегенқызығушылығыпайдаболады, сөзбен «тәжірибе» жасайбастайды. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тілдіңмағыналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>іграмматикалыққұрылымынбағдарлайотырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жаңасөздерқұрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Дегенмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тілініңөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өзінендамуыбарысындаолардыңтілдікдағдыларыжоғарыболмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сондықтанпедагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>психологиялықтұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ғыданарнайызерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жаттығужәнеоқытуқажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="009C5048" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54489">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> условие личной успешности каждого. А предпосылки знания трех языков напрямую связаны с основами усвоения правил и норм родного языка.</w:t>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Біздің ана тіліміз - қазақ тілінің келешегі балалардың сөйлеу мәдениетінің деңгейімен байланысты. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы тұрғыда әр баланың тілін жетілдіру, олардың сөйлеу мәдениеті қоғамдық қажеттілік болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақ мәдениеті мен білім - ғылымында ана тілі - сөз мәдениеті туралы едәуір зерттеулер жарық көрді. Бірақ тіл сияқты халқымыздың ғасырлар бойы жиналған асыл мұрасын дұрыс, әсем жұмсаудың жөн - жосығын көрсету, дұрыс - бұрысын ажыратып отыру, жалпы сөз мәдениетін насихаттау жағы әлі де жеткіліксіз. Тілдің қызметі қандай күрделі болса, оны үйретудің әдістері де сондай күрделі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кез келген деректі адамның ынтасын оятып, санасына жеткізе білу – нағыз шеберлік. К. Д. Ушинский «адамның ынтасы – оның санасының есігі», - деген екен. Педагог өз сөзінің басында сол есікті сәл ашып, қалған уақытта жабылып қалмауы үшін баланың жас және жеке ерекшеліктерін ескеріп, әр түрлі құралдар мен әдістерді қолданады. Қандай жолды таңдаса да, ол шеберлігі арқылы сол жолдың тиімділігін, әсерлілігін арттыра түседі. Балаға берілген үлгі - өнеге оның санасына сіңіп, ой ұшқырлығы, тіл көркемдігі арқылы ортаға шығады. Олай болса, жас ұрпаққа өнеге боларлық ұстаздың да тіл біліміне, сөйлеу мәдениетіне, тіл үйрету біліктілігіне қойылар талаптар да жоғары болмақ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="009C5048" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54489">
-[...5 lines deleted...]
-        <w:t>Язык-основа национального воспитания. При размышлении о судьбе родного языка первое, что бросается в глаза, - это то, что сегодня представляет собой молодое поколение. Ведь изучение языка начинается с изучения звука в детском саду, начальных классах. Ребенок, не умеющий правильно произносить звуки в фонетике, не чувствует, не понимает слово. Для этого нужно слушать, слышать, видеть, чувствовать этот звук, слово. Только тогда он поймет содержание слова через эмоции, жесты, образ.</w:t>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тіл дамытудың басты мақсаттарының бірі балалардың ана тілінің ережелері мен нормаларын меңгеруі негізінде тілдік құзыреттілігін қалыптастыру болып табылады. Осы мақсатты жүзеге асыру үшін балалардың тілдік құзыреттілігін қалыптастыру жолдарына баса назар аудару қажет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="009C5048" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54489">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> необходимы специальные исследования, упражнения и обучение.</w:t>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың тілдік құзыреттілігін қалыптастыру жолдары деп біз тілдік жаттығуларды, саусақ ойындарын, сондай - ақ сөздік жұмысқа бағытталған өлең жолдарын айтып отырмыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="009C5048" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54489">
-[...5 lines deleted...]
-        <w:t>Перспективы нашего родного языка - казахского связаны с уровнем речевой культуры детей. В этом контексте совершенствование языка каждого ребенка, культура их речи является общественной необходимостью.</w:t>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Тілдік жаттығуларға тыныс алу жаттығуларын, артикуляциялық жаттығуларды, фонетикалық жаттығулар мен дикциялық жаттығулардыжатқызамыз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="009C5048" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54489">
-[...5 lines deleted...]
-        <w:t>В казахской культуре и образовании опубликованы значительные исследования о родном языке - культуре слова. Но, как и язык, еще недостаточно показать, Как правильно, красиво расходовать накопленное веками благородное наследие нашего народа, правильно различать, пропагандировать культуру слова в целом. Чем сложнее функционирование языка, тем сложнее методы его обучения.</w:t>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаттығуларды жүйелі қолдану ана тілінің ережелері мен нормаларын игеруге, оларды нақты жағдайларда қолдана білу іскерлігін қалыптастыруға көмегін тигізері анық.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="009C5048" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54489">
-[...41 lines deleted...]
-        <w:t>. Так, к молодому поколению предъявляются высокие требования, предъявляемые педагогом, к языковедению, культуре речи, навыкам преподавания языка.</w:t>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баланың тілін дамытуда «саусақ» ойындарын дидактикалық және дамытушы материал ретінде қолдана отырып, оның қызықты, әрі пайдалы құрал екендігіне көз жеткізесіз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="009C5048" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54489">
-[...5 lines deleted...]
-        <w:t>Одной из главных целей развития языка является формирование у детей языковой компетенции на основе усвоения ими правил и норм родного языка. Для реализации этой цели необходимо уделить особое внимание путям формирования языковой компетентности детей.</w:t>
+      <w:r w:rsidRPr="009C5048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өз тарапымыздан жүргізген тәжірибе жұмыстарымыздың барысында ойындар мен жаттығуларды тілдік құзыреттілікті қалыптастыру мақсатында тиімді пайдалануға болатынын аңғардық. Әсіресе, сөздің дыбыстық мәдениетін тәрбиелеуге бағытталған жаттығулар және қимылмен үйлестірілген өлең жолдары балалардың сөйлеу дағдыларын орнықтыра түсетінін көрсетті.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
+    <w:p w:rsidR="00C40BC8" w:rsidRPr="00471452" w:rsidRDefault="009C5048" w:rsidP="009C5048">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D54489">
-[...5 lines deleted...]
-        <w:t>Под путями формирования языковой компетенции детей мы подразумеваем языковые упражнения, пальчиковые игры, а также стихотворные строки, направленные на словарную работу.</w:t>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Олай болса, ойындар мен жаттығуларды бірге орындайық!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00471452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тіл – адамның рухани айнасы. Мемлекетіміздің ұлттық тілі неғұрлым бай болса, оның рухани дүниесі де соғұрлым жоғары болмақ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D54489" w:rsidRPr="00D54489" w:rsidRDefault="00D54489" w:rsidP="00D54489">
-[...114 lines deleted...]
-    <w:sectPr w:rsidR="002C7037" w:rsidRPr="00D54489" w:rsidSect="00C314B3">
+    <w:sectPr w:rsidR="00C40BC8" w:rsidRPr="00471452" w:rsidSect="004E5481">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009E155F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D54489"/>
+    <w:rsidRoot w:val="004A1062"/>
+    <w:rsid w:val="00471452"/>
+    <w:rsid w:val="004A1062"/>
+    <w:rsid w:val="004B329C"/>
+    <w:rsid w:val="004E5481"/>
+    <w:rsid w:val="0052356A"/>
+    <w:rsid w:val="00592150"/>
+    <w:rsid w:val="006352CC"/>
+    <w:rsid w:val="006D1DDA"/>
+    <w:rsid w:val="009C5048"/>
+    <w:rsid w:val="00C40BC8"/>
+    <w:rsid w:val="00D94613"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -623,92 +860,173 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C314B3"/>
+    <w:rsid w:val="006D1DDA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A1062"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004A1062"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A1062"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A1062"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cent">
+    <w:name w:val="cent"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="004A1062"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="new">
+    <w:name w:val="new"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="004A1062"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A1062"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -816,84 +1134,206 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A1062"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004A1062"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A1062"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A1062"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cent">
+    <w:name w:val="cent"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="004A1062"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="new">
+    <w:name w:val="new"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="004A1062"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A1062"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="948125146">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1596553815">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="593248663">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -932,86 +1372,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1147,54 +1585,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>554</Words>
-  <Characters>3162</Characters>
+  <Words>542</Words>
+  <Characters>3096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3709</CharactersWithSpaces>
+  <CharactersWithSpaces>3631</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>LG</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>