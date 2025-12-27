--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,344 +1,264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7C94C659" w14:textId="77777777" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w14:paraId="679A5462" w14:textId="77777777" w:rsidR="00075293" w:rsidRPr="00075293" w:rsidRDefault="00075293" w:rsidP="00075293">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk106715030"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00075293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075293">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара – Дошкольный экоцентр» отдела образования города Павлодара, управления образования Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAB1FEC" w14:textId="6FD9FB64" w:rsidR="006D43BE" w:rsidRPr="00075293" w:rsidRDefault="00213E95" w:rsidP="00075293">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00075293">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на назначен</w:t>
+      </w:r>
+      <w:r w:rsidR="00F45F5F" w:rsidRPr="00075293">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ие вакантной должности логопеда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075293">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidR="00075293">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахским и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075293">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>русским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00F45F5F" w:rsidRPr="00075293">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F46704" w14:textId="77777777" w:rsidR="00124F76" w:rsidRPr="00213E95" w:rsidRDefault="00124F76" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5320ECD4" w14:textId="43C5D946" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="00EC7160" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...166 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20510A85" w14:textId="77777777" w:rsidR="00051D85" w:rsidRPr="00075293" w:rsidRDefault="00051D85" w:rsidP="00051D85">
-[...14 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="537AA835" w14:textId="77777777" w:rsidR="00075293" w:rsidRDefault="00075293" w:rsidP="00075293">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаласының №3 сәбилер бақшасы</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F2EE8EB" w14:textId="79A89575" w:rsidR="00075293" w:rsidRPr="00075293" w:rsidRDefault="00075293" w:rsidP="00075293">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00075293">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>КМҚК</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">; эл.почта: </w:t>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075293">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3, телефон 8 (7812) 63-23-46; эл.почта: </w:t>
       </w:r>
       <w:r w:rsidRPr="00075293">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
       <w:r w:rsidRPr="00075293">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
       <w:r w:rsidRPr="00075293">
@@ -378,1295 +298,1561 @@
       </w:r>
       <w:r w:rsidRPr="00075293">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00075293">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4518DABA" w14:textId="09230A5B" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
+    <w:p w14:paraId="4114936C" w14:textId="77777777" w:rsidR="00213E95" w:rsidRPr="00213E95" w:rsidRDefault="00213E95" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ясли-сад казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D685C4B" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7C225FA7" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00075293">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBC8E71" w14:textId="2AE53815" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности </w:t>
+      </w:r>
+      <w:r w:rsidR="00075293">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>логопеда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B159CB" w14:textId="1D235540" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности </w:t>
+      </w:r>
+      <w:r w:rsidR="00075293">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>логопеда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCEAB4C" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068E4154" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6CE845" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F174DBF" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0E7873" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722F8201" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239B6357" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3EC791" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527AB9AD" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4931FDEF" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE79CBB" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597482C8" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CA0C1E" w14:textId="384E4BCA" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidR="00967DA4" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00967DA4" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> охрану жизни и здоровья детей, применяет здоровье</w:t>
+      </w:r>
+      <w:r w:rsidR="00307A86" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133FD675" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13130E23" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D122111" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8B668A" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE97C0C" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1148AFE1" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C900436" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFE4B4F" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559BD84F" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C63AE5" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="00213E95">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+        <w:r w:rsidRPr="00213E95">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00213E95">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00213E95">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="00213E95">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCE4820" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB19A70" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617E97F9" w14:textId="77777777" w:rsidR="00213E95" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00213E95" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidR="00213E95" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidR="00213E95" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В течение 7рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r w:rsidR="00213E95" w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F45F51F" w14:textId="77777777" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051D85">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием документов на занятие вакантной должности осуществляет «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3EDCD8" w14:textId="77777777" w:rsidR="00213E95" w:rsidRPr="00213E95" w:rsidRDefault="00213E95" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00051D85">
         <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AB0390" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B494E3" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C09FC1" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65BDA067" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BF81D6" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE4B03A" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4997D5" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00213E95">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05529C7A" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D499C7B" w14:textId="743FEBA5" w:rsidR="001C64E9" w:rsidRPr="00051D85" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EAF1F57" w14:textId="0F8EA39D" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) справк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тубдиспансер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C050250" w14:textId="21659494" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) сертификат Национального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0736728F" w14:textId="004B51A2" w:rsidR="001C64E9" w:rsidRPr="00213E95" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213E95">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED593F7" w14:textId="77777777" w:rsidR="001C64E9" w:rsidRPr="00051D85" w:rsidRDefault="001C64E9" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лучаях установления недостоверности документов, представленных</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6981FE21" w14:textId="77777777" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1086 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00051D85">
-        <w:t xml:space="preserve">8 (7812) </w:t>
-[...11 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации:         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFF2E4D" w14:textId="77777777" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00051D85">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 (7812) 63-23-46 ; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ды адресі</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронный адрес</w:t>
       </w:r>
       <w:r w:rsidRPr="00051D85">
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
-      <w:r w:rsidRPr="00075293">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
-      <w:r w:rsidRPr="00075293">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00075293">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00075293">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00075293">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00075293">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="00051D85">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269AB1D3" w14:textId="43845A13" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00051D85">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6AA0128B" w14:textId="77777777" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="19F43EC8" w14:textId="77777777" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1941CB" w14:textId="77777777" w:rsidR="00051D85" w:rsidRPr="00051D85" w:rsidRDefault="00051D85" w:rsidP="00051D85">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00FB3C60" w14:textId="4147D803" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="7C36BA36" w14:textId="5A92AE17" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482D8797" w14:textId="15B78087" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BCA7843" w14:textId="6174652D" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="495A4A16" w14:textId="27D9068F" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BDD6A40" w14:textId="0841EBF9" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64067750" w14:textId="671C1951" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="25703903" w14:textId="5D47DE30" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2923B6D3" w14:textId="5A2978E5" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -1675,51 +1861,50 @@
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71A9DBF7" w14:textId="1C688EE4" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="723E738D" w14:textId="60E3E74D" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="222D5136" w14:textId="3F914F19" w:rsidR="0040759B" w:rsidRDefault="0040759B" w:rsidP="00213E95">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -1891,63 +2076,63 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C64E9"/>
     <w:rsid w:val="00051D85"/>
     <w:rsid w:val="00075293"/>
     <w:rsid w:val="000C4DB4"/>
     <w:rsid w:val="00124F76"/>
     <w:rsid w:val="001C64E9"/>
     <w:rsid w:val="00213E95"/>
     <w:rsid w:val="002951E5"/>
     <w:rsid w:val="00307A86"/>
     <w:rsid w:val="00391982"/>
     <w:rsid w:val="0040759B"/>
-    <w:rsid w:val="004917A1"/>
     <w:rsid w:val="0058192E"/>
     <w:rsid w:val="005D2817"/>
     <w:rsid w:val="006D43BE"/>
-    <w:rsid w:val="007357D7"/>
     <w:rsid w:val="00740A35"/>
     <w:rsid w:val="007F60A1"/>
     <w:rsid w:val="008A23B8"/>
     <w:rsid w:val="00914ED2"/>
+    <w:rsid w:val="00947ED0"/>
     <w:rsid w:val="00967DA4"/>
     <w:rsid w:val="00A3656F"/>
     <w:rsid w:val="00CA7FBB"/>
     <w:rsid w:val="00D3649F"/>
+    <w:rsid w:val="00EC7160"/>
     <w:rsid w:val="00F45F5F"/>
     <w:rsid w:val="00F5397E"/>
     <w:rsid w:val="00F63385"/>
     <w:rsid w:val="00F961DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2437,51 +2622,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="601836139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2732,81 +2917,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27C8929E-9C6E-4501-9F83-7ED9D7A646C7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAF4427C-5867-4020-B4D6-4C9143695BDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5947</Characters>
+  <Pages>4</Pages>
+  <Words>1106</Words>
+  <Characters>6309</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6977</CharactersWithSpaces>
+  <CharactersWithSpaces>7401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>