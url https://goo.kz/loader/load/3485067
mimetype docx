--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -1,1221 +1,1475 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="007C4C72" w:rsidRPr="001954EA" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00C175E8" w:rsidRDefault="00403FC8" w:rsidP="00403FC8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="3333FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C175E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="3333FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Менеджер по франчайзингу</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00403FC8" w:rsidRPr="00273C5F" w:rsidTr="003711EF">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00403FC8" w:rsidRPr="00273C5F" w:rsidRDefault="00403FC8" w:rsidP="003711EF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00403FC8">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="3333FF"/>
-[...15 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C4C72" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00EA66DC" w:rsidRDefault="00403FC8" w:rsidP="00403FC8">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA66DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Характеристики</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C72" w:rsidRPr="00481A12" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="007C2442" w:rsidRDefault="00403FC8" w:rsidP="00403FC8">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="3"/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Виды труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обслуживание</w:t>
+      </w:r>
+      <w:r w:rsidR="00130AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Производство</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00273C5F" w:rsidRDefault="00403FC8" w:rsidP="00403FC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проф. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аправленность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>человек-человек</w:t>
+      </w:r>
+      <w:r w:rsidR="00130AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/человек-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>знак</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00273C5F" w:rsidRDefault="00403FC8" w:rsidP="00403FC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сферы деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Промышленность</w:t>
+      </w:r>
+      <w:r w:rsidR="00130AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обслуживание</w:t>
+      </w:r>
+      <w:r w:rsidR="00130AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/Услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="008D313C" w:rsidRDefault="00403FC8" w:rsidP="00403FC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сферы труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D313C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Человек</w:t>
+      </w:r>
+      <w:r w:rsidR="00130AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C2834">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="008D313C" w:rsidRDefault="00403FC8" w:rsidP="00403FC8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00EA66DC" w:rsidRDefault="00403FC8" w:rsidP="00C24585">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...90 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA66DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F718BB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Содержание труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="002C2834" w:rsidP="00130AEE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="00B050"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Франчайзинг</w:t>
+      </w:r>
+      <w:r w:rsidR="00130AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A345C">
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00130AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A345C">
-[...8 lines deleted...]
-        <w:t>/адам-белгі</w:t>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>это способ внедрения апробированных и эффективных организационных форм бизнеса, товаров или усл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уг на новые рынки. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Франчайзер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00130AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фирма, передающая право своей деятельности, торговую марку, патент, логотип и другие права партнеру по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>франчайзинговому</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> договору, который осущес</w:t>
+      </w:r>
+      <w:r w:rsidR="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>твляет эту деятельность, продви</w:t>
+      </w:r>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гает и продает товары и услуги, торговую марку на новом рынке. Этот партнер в соответствии с договором оплачивает фирме полученные права; он также оказывать </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>франчайзеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> другие предусмо</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тренные договором услуги (маркетинг, реклама, развитие человеческих ресурсов и т.д.). При этом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>франчайзеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не нужно инвестировать дополнительные средства. А успех партнеров по договору укрепляет на рынке марку франчайзинга. Типичным примером франчайзинга являются «Соса-Со1а» и «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>МсDonnalds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». Большинство </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>франчайзеров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стараются найти себе партнеров в других странах. Таким партнерам, как правило, не хватает опыта работы, имени на рынке, и потому они делают инвестиции во </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>франчайзинговый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бизнес. Организация и обеспечение конкретного франчайзинга и является целью менеджера по франчайзингу. Он нанимается </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>франчайзером</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо (по заказу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>франчайзера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00403FC8" w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>) специализированной консультативной фирмой.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C72" w:rsidRPr="007C4C72" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
+    <w:p w:rsidR="00C24585" w:rsidRDefault="00C24585" w:rsidP="00C24585">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F718BB">
-[...98 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C72" w:rsidRPr="007C4C72" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00EA66DC" w:rsidRDefault="00403FC8" w:rsidP="00C24585">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Өндіріс салалары:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA66DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Ақпарат. </w:t>
+        <w:t>Должен знать</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C72" w:rsidRPr="007C4C72" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
+    <w:p w:rsidR="00C24585" w:rsidRPr="00C175E8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Отличные знания в бизнес-администрировании, бухгалтерском учете, контроле, в финансах, законодательстве, налогообложении; знание нескольких языков.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C72" w:rsidRPr="00F718BB" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
-      <w:pPr>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00EA66DC" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA66DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Еңбек мазмұны</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Профессионально важные качества</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00417C10" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
-      <w:pPr>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналитические способности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>творческий подход к делу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>качества лидера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуникативность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способность к овладению иностранными языками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гибкость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сильный и твердый характер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C24585" w:rsidRPr="00130AEE" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организаторские способ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00EA66DC" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA66DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Медицинские противопоказания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сердечно-сосудистой и нервной систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00403FC8" w:rsidRDefault="00403FC8" w:rsidP="00115A8B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>имеющим дефекты речи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00C24585" w:rsidRDefault="00403FC8" w:rsidP="00115A8B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>физические недостатки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00EA66DC" w:rsidRDefault="00403FC8" w:rsidP="00115A8B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA66DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пути получения профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00C175E8" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00403FC8">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...123 lines deleted...]
-        <w:t>. Франчайзерлердің көпшілігі басқа елдерде серіктес табуға тырысады. Мұндай серіктестерге, әдетте, жұмыс тәжірибесі, нарықтағы аты жетіспейді, сондықтан олар франчайзингтік бизнеске инвестициялар жасайды. Нақты Франчайзингті ұйымдастыру және қамтамасыз ету Франчайзинг менеджерінің мақсаты болып табылады. Оны франчайзер немесе (Франчайзердің тапсырысы бойынша) мамандандырылған консультативтік фирма жалдайды.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Университетское образование по бизнес-администрированию и дополнительные курсы по праву и налогообложению.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C4C72" w:rsidRPr="00090E40" w:rsidRDefault="007C4C72" w:rsidP="001954EA">
-[...502 lines deleted...]
-    <w:p w:rsidR="007C4C72" w:rsidRPr="007E0326" w:rsidRDefault="007C4C72" w:rsidP="007E0326">
+    <w:p w:rsidR="00403FC8" w:rsidRPr="00EA66DC" w:rsidRDefault="00403FC8" w:rsidP="00115A8B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00F718BB">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA66DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>Родственные профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00403FC8" w:rsidRPr="008D313C" w:rsidRDefault="00403FC8" w:rsidP="00C175E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Менеджер</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="007C4C72" w:rsidRPr="007E0326" w:rsidSect="001954EA">
+    <w:sectPr w:rsidR="00403FC8" w:rsidRPr="008D313C" w:rsidSect="00130AEE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1231,53 +1485,500 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5BB460A8"/>
+    <w:nsid w:val="06FE7BD9"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A3C2B230"/>
+    <w:tmpl w:val="1C76274E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14150CA0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="30F0BD8C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BD63865"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8FFE8540"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B704049"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C2AA9F20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1380,126 +2081,140 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C72C0D"/>
+    <w:rsidRoot w:val="003C0251"/>
     <w:rsid w:val="000304F1"/>
+    <w:rsid w:val="00115A8B"/>
+    <w:rsid w:val="00130AEE"/>
     <w:rsid w:val="00132409"/>
-    <w:rsid w:val="001954EA"/>
-    <w:rsid w:val="001A345C"/>
     <w:rsid w:val="001A5644"/>
     <w:rsid w:val="001F4042"/>
+    <w:rsid w:val="00227668"/>
     <w:rsid w:val="00271FCB"/>
+    <w:rsid w:val="002C2834"/>
     <w:rsid w:val="00330B1A"/>
+    <w:rsid w:val="003C0251"/>
     <w:rsid w:val="003E225A"/>
-    <w:rsid w:val="00417C10"/>
-    <w:rsid w:val="00481A12"/>
+    <w:rsid w:val="00403FC8"/>
     <w:rsid w:val="005A5986"/>
     <w:rsid w:val="005C170A"/>
     <w:rsid w:val="005D5159"/>
-    <w:rsid w:val="007C4C72"/>
+    <w:rsid w:val="007C2442"/>
     <w:rsid w:val="007D57E0"/>
-    <w:rsid w:val="007E0326"/>
     <w:rsid w:val="008C775B"/>
     <w:rsid w:val="00AC25E7"/>
+    <w:rsid w:val="00B4525B"/>
     <w:rsid w:val="00BB6B6A"/>
     <w:rsid w:val="00BF27A3"/>
+    <w:rsid w:val="00C175E8"/>
+    <w:rsid w:val="00C24585"/>
     <w:rsid w:val="00C43A55"/>
-    <w:rsid w:val="00C72C0D"/>
+    <w:rsid w:val="00DC4424"/>
     <w:rsid w:val="00DD258C"/>
     <w:rsid w:val="00E20F7D"/>
+    <w:rsid w:val="00EA66DC"/>
+    <w:rsid w:val="00EC4C7E"/>
     <w:rsid w:val="00EE6FEB"/>
     <w:rsid w:val="00F02882"/>
-    <w:rsid w:val="00F718BB"/>
     <w:rsid w:val="00FE5164"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0692D192"/>
+  <w14:docId w14:val="107B0BCA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2C75E277-F8A8-4607-8EB0-95DBE4E9711D}"/>
+  <w15:docId w15:val="{C36636A5-9835-4B31-9865-35A828CE8AB1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1852,84 +2567,175 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C4C72"/>
+    <w:rsid w:val="00403FC8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="308554931">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1204562673">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1858083201">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1868176649">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2089769571">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="947930298">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="818226648">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -2162,69 +2968,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>304</Words>
-  <Characters>1734</Characters>
+  <Words>313</Words>
+  <Characters>1787</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2034</CharactersWithSpaces>
+  <CharactersWithSpaces>2096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ученик</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>