--- v0 (2025-12-17)
+++ v1 (2026-03-05)
@@ -1,1352 +1,2026 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="00275975" w:rsidRDefault="003A4E8A" w:rsidP="00275975">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00275975">
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ресторатор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="002C3EEE" w:rsidRDefault="003A4E8A" w:rsidP="003A4E8A">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidTr="005753C3">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="002C3EEE" w:rsidRDefault="003A4E8A" w:rsidP="003A4E8A">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002C3EEE">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:iCs/>
-[...5 lines deleted...]
-        <w:t>Сипаттама</w:t>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Характеристики</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="002C3EEE" w:rsidRDefault="003A4E8A" w:rsidP="003A4E8A">
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Виды труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обслуживание</w:t>
+      </w:r>
+      <w:r w:rsidR="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Творчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проф. н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аправленность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ловек-человек</w:t>
+      </w:r>
+      <w:r w:rsidR="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /Ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еловек-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>художественный образ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сферы деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Управление</w:t>
+      </w:r>
+      <w:r w:rsidR="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обслуживание</w:t>
+      </w:r>
+      <w:r w:rsidR="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/Услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сферы труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Человек</w:t>
+      </w:r>
+      <w:r w:rsidR="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Искусство</w:t>
+      </w:r>
+      <w:r w:rsidR="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C0A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/И</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зделия </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Содержание труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="00EE0D2E" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ресторатор (фр. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>restaurateur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008027E6" w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создатель, содержатель, владелец ресторана или сети ресторанов, управляющий рестораном, который разрабатывает его концепцию </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008027E6" w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008027E6" w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008027E6" w:rsidRPr="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="008027E6" w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r w:rsidR="008027E6" w:rsidRPr="001410B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="008027E6" w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, и воплощает ее в реальность, в рамках своего заведения. Ресторатор решает все организационные вопросы от набора персонала до заключения договоров на поставку продуктов. Главная его задача сделать ресторан доходным. Интенсивный труд в этой сфере дает результат уже довольно скоро: грамотный ресторатор может быстро достичь карьерного успеха и войти в категорию элиты ресторанного бизнеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0D0D0D"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C3EEE">
-[...55 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="002C3EEE" w:rsidRDefault="003A4E8A" w:rsidP="003A4E8A">
+    <w:p w:rsidR="008027E6" w:rsidRPr="002A5651" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="0D0D0D"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C3EEE">
+      <w:r w:rsidRPr="002A5651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Адамдардың қәсіби бағытталуы: </w:t>
-[...66 lines deleted...]
-        <w:t>дам-шығармашылық бейне</w:t>
+        <w:t>Должен знать</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="002C3EEE" w:rsidRDefault="003A4E8A" w:rsidP="003A4E8A">
+    <w:p w:rsidR="008027E6" w:rsidRPr="000C0A47" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ресторатор должен обладать знаниями сразу в нескольких областях. В первую очередь, он должен хорошо разбираться в процессе закупки продуктов и приготовления блюд. Часто ресторатор, в рамках концепции ресторана, сам выбирает шеф-повара. Также он должен владеть кадровыми вопросами, т.к. ему подчиняются все работники ресторана; он должен применять меры поощрения отличившихся работников, контролировать производственную и трудовую дисциплины. Не менее важным является и знание методик изучения спроса потребителей на продукцию ресторана, оценка результатов производственной деятельности и качества обслуживания клиентов, и, безусловно, он должен владеть знаниями в области организации финансовой деятельности, бухгалтерского учета, долгосрочного планирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="0D0D0D"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002C3EEE">
+      <w:r w:rsidRPr="002A5651">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қызмет салалары: </w:t>
-[...68 lines deleted...]
-        <w:t>Бизнес</w:t>
+        <w:t>Профессионально важные качества</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="003A4E8A" w:rsidRDefault="003A4E8A" w:rsidP="003A4E8A">
-      <w:pPr>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="0D0D0D"/>
-[...82 lines deleted...]
-        <w:t>/Өнімдер</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналитическое мышление;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="002C3EEE" w:rsidRDefault="003A4E8A" w:rsidP="003A4E8A">
-      <w:pPr>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="212121"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организаторские способности, ответственность;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRDefault="003A4E8A" w:rsidP="003A4E8A">
-[...604 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Courier New"/>
-[...34 lines deleted...]
-        <w:t>Өнімдерді дайындау технологиясы және қоғамдық тамақтандыруды бағыты ұсынылған жоғары оқу орнындары, «Мейрамхана бизнесінің технологиясы»</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>умение мыслить творчески;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00173378" w:rsidRPr="00173378" w:rsidRDefault="003A4E8A" w:rsidP="00173378">
-      <w:pPr>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хорошая память;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A4E8A" w:rsidRPr="002C3EEE" w:rsidRDefault="00995427" w:rsidP="00995427">
-      <w:pPr>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>крепкое здоровье, позволяющее работать интенсивно и сверхурочно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Медицинские противопоказания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нервные и психические заболевания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заболевания пищеварительной системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инфекционные заболевания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пути получения профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRPr="00162A9F" w:rsidRDefault="008027E6" w:rsidP="000C0A47">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008027E6">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Высшие учебные заведения, где представлено направление подготовки Технология продукции и организация общественного питания» профиль «Технология и организация ресторанного дела».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008027E6" w:rsidRDefault="008027E6" w:rsidP="00A13521">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5651">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родственные профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A13521" w:rsidRPr="00A13521" w:rsidRDefault="00A13521" w:rsidP="00A13521">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00A13521">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>То</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="00162A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п-менеджер в сфере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A13521">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> питания, менеджер по маркетингу, предприниматель, шеф-повар.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00995427">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="003A4E8A" w:rsidRPr="002C3EEE" w:rsidSect="00275975">
+    <w:sectPr w:rsidR="00A13521" w:rsidRPr="00A13521" w:rsidSect="001410B6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="inherit">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19C00BA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CD70BBEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42E62373"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3FD8D1F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52CE7008"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="53567D92"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6249559E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A6CC74CE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00972941"/>
+    <w:rsidRoot w:val="0089608A"/>
     <w:rsid w:val="000304F1"/>
-    <w:rsid w:val="000A50B5"/>
-    <w:rsid w:val="000E093D"/>
+    <w:rsid w:val="000C0A47"/>
     <w:rsid w:val="00132409"/>
-    <w:rsid w:val="00173378"/>
+    <w:rsid w:val="001410B6"/>
+    <w:rsid w:val="00162A9F"/>
     <w:rsid w:val="001A5644"/>
     <w:rsid w:val="001F4042"/>
     <w:rsid w:val="00271FCB"/>
-    <w:rsid w:val="00275975"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0029448C"/>
     <w:rsid w:val="00330B1A"/>
-    <w:rsid w:val="003A4E8A"/>
     <w:rsid w:val="003E225A"/>
     <w:rsid w:val="005A5986"/>
+    <w:rsid w:val="005B2D71"/>
     <w:rsid w:val="005C170A"/>
     <w:rsid w:val="005D5159"/>
+    <w:rsid w:val="006024C1"/>
     <w:rsid w:val="007D57E0"/>
-    <w:rsid w:val="00882C57"/>
-    <w:rsid w:val="008C33EA"/>
+    <w:rsid w:val="008027E6"/>
+    <w:rsid w:val="0089608A"/>
     <w:rsid w:val="008C775B"/>
-    <w:rsid w:val="00972941"/>
-    <w:rsid w:val="00995427"/>
+    <w:rsid w:val="00A13521"/>
     <w:rsid w:val="00AC25E7"/>
     <w:rsid w:val="00BB6B6A"/>
     <w:rsid w:val="00BF27A3"/>
     <w:rsid w:val="00C43A55"/>
+    <w:rsid w:val="00CF5D67"/>
+    <w:rsid w:val="00D91E22"/>
     <w:rsid w:val="00DD258C"/>
     <w:rsid w:val="00E20F7D"/>
+    <w:rsid w:val="00EE0D2E"/>
     <w:rsid w:val="00EE6FEB"/>
     <w:rsid w:val="00F02882"/>
     <w:rsid w:val="00FE5164"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2653117E"/>
+  <w14:docId w14:val="53F75F38"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{8F47D976-35E2-497C-B0AA-E84F142EB8C5}"/>
+  <w15:docId w15:val="{D2754055-44A6-4EC1-867F-4020A76190EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1699,174 +2373,199 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A4E8A"/>
+    <w:rsid w:val="008027E6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="596796043">
+    <w:div w:id="445008619">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="866412324">
+    <w:div w:id="1054350067">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="880747420">
+    <w:div w:id="1243026082">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="319388379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1286616191">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="232010196">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="390425149">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+            <w:bottom w:val="dotted" w:sz="6" w:space="0" w:color="CCCCCC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="CCCCCC"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="987168926">
-[...25 lines deleted...]
-    <w:div w:id="2134908544">
+    <w:div w:id="1978535465">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2091,69 +2790,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>310</Words>
-  <Characters>1770</Characters>
+  <Words>331</Words>
+  <Characters>1887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2076</CharactersWithSpaces>
+  <CharactersWithSpaces>2214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ученик</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>