--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -1,1088 +1,1682 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="005A51D8" w:rsidRPr="00B601E0" w:rsidRDefault="005A51D8" w:rsidP="00B601E0">
-      <w:pPr>
+    <w:p w:rsidR="0036258A" w:rsidRPr="007836BC" w:rsidRDefault="00D446B9" w:rsidP="0036258A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007836BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Врач-</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="007836BC" w:rsidRPr="007836BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="3333FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:keepLines/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>карди</w:t>
+      </w:r>
+      <w:r w:rsidR="0036258A" w:rsidRPr="007836BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="3333FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олог</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0036258A" w:rsidRPr="00273C5F" w:rsidTr="00345C62">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0036258A" w:rsidRPr="00273C5F" w:rsidRDefault="0036258A" w:rsidP="00345C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0036258A" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="40" w:after="0" w:line="256" w:lineRule="auto"/>
-[...52 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Характеристики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Виды труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E02BA0">
-[...28 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обслуживание</w:t>
+      </w:r>
+      <w:r w:rsidR="007836BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE7DF3">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00E02BA0">
-[...46 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оздоровление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00273C5F" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проф. Направленность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A3218">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00C87B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ч</w:t>
+      </w:r>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еловек-человек</w:t>
+      </w:r>
+      <w:r w:rsidR="007836BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A3218">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00C87B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/Ч</w:t>
+      </w:r>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еловек-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>знак</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00273C5F" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сферы деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Здравоохранение</w:t>
+      </w:r>
+      <w:r w:rsidR="007836BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00AE7DF3">
-[...20 lines deleted...]
-    <w:p w:rsidR="00E02BA0" w:rsidRPr="00C85D40" w:rsidRDefault="00E02BA0" w:rsidP="00E02BA0">
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обслуживание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="008D313C" w:rsidRDefault="0036258A" w:rsidP="0036258A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:color w:val="212121"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сферы труда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="00B050"/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Человек</w:t>
+      </w:r>
+      <w:r w:rsidR="007836BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00273C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="008D313C" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қызмет салалары:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:color w:val="212121"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Денсаулық сақтау</w:t>
-[...168 lines deleted...]
-    <w:p w:rsidR="00E02BA0" w:rsidRDefault="00AE7DF3" w:rsidP="00B601E0">
+        <w:t>Содержание труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A5986" w:rsidRDefault="002143D7" w:rsidP="00C87B23">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Кардиология-</w:t>
       </w:r>
-      <w:r w:rsidR="00E02BA0" w:rsidRPr="00E02BA0">
-[...6 lines deleted...]
-        <w:t>жүрек-қантамыр жүйесі ауруларын және олардың алдын алу және емдеу әдістерін зерттейтін медицина саласы. Бұл саладағы маман кардиолог деп аталады. Емханалардың кардиологиялық кабинеттерінде, ауруханалардың кардиологиялық бөлімшелерінде, мамандандырылған жедел жәрдем бригадаларында, кардиологиялық санаторийлерде, оңалту емдеу кабинеттерінде (бөлімшелерінде) жұмыс істейді. Қан айналымы жүйесі аурулары бар науқастарға медициналық көмек көрсетеді (кеңес береді және емдеуді тағайындайды), сондай-ақ осы аурулардың алдын алу шараларын қабылдайды. Төтенше жағдайларда шұғыл медициналық көмек көрсетеді, реан</w:t>
+      <w:r w:rsidR="0036258A" w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>отрасль медицины, изучающая заболевания сердечно-сосудистой системы и методы их профилактики и лечения. Специалист в этой области называется кардиологом. Работает в кардиологических кабинетах поликлиник, кардиологических отделениях больниц, специализированных бригадах скорой медицинской помощи, кардиологических санаториях, кабинетах (отделениях) восстановительного лечения. Оказывает медицинскую помощь (консультирует и назначает лечение) больным с заболеванием органов кровообращения, а также проводит мероприятия по профилактике этих заболеваний. Оказывает срочную медицинскую помощь при неотложных состояниях, провод</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00E02BA0" w:rsidRDefault="00E02BA0" w:rsidP="00E02BA0">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ит реанимационные мероприятия </w:t>
+      </w:r>
+      <w:r w:rsidR="0036258A" w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>непрямой массаж сердца, искусственную вентиляци</w:t>
+      </w:r>
+      <w:r w:rsidR="00692140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ю легких, электрическую </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00692140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дефибрил</w:t>
+      </w:r>
+      <w:r w:rsidR="0036258A" w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ляцию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0036258A" w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRDefault="0036258A" w:rsidP="0036258A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00896F29" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="00896F29">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Должен знать</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="00C87B23">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Теоретические основы строения и функций сердца и сосудов, принципы организации кардиологической службы, современные клинические, инструментальные, рентгенологические, лабораторные и другие методы диагностики заболеваний сердечно-сосудистой системы, методы их лечения и предупрежде</w:t>
+      </w:r>
+      <w:r w:rsidR="002143D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ния; смежные отрасли медицины-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>терапию, ревматологию, функциональную диагностику</w:t>
+      </w:r>
+      <w:r w:rsidR="00C87B23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Должен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уметь регистрировать и анализировать электрокардиограмму, результаты других функциональных методов исследования сердца и сосудов: фонокардиографии, эхокардиографии, велоэргометрии, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>поликардиографии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Должен уметь: консультировать и назначать лечение больным с заболеванием органов кровообращения, а также проводить мероприятия по профилактике этих заболеваний, оказывать срочную медицинскую помощь при неотложных состояниях, проводить реанимационные мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="00896F29">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Профессионально важные качества </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00BF5A52" w:rsidRDefault="0036258A" w:rsidP="00896F29">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высоко развитая ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00BF5A52" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>большой объем долговременной памяти;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00BF5A52" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хорошо развитый аналитический ум;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896F29" w:rsidRPr="00C87B23" w:rsidRDefault="0036258A" w:rsidP="00C87B23">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">способность к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF5A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эмпатии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF5A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="00896F29">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Медицинские противопоказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRDefault="0036258A" w:rsidP="00896F29">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF5A52">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>значительные дефекты зрения и слуха;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRDefault="0036258A" w:rsidP="00896F29">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>имеющим инфекционные заболевания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896F29" w:rsidRDefault="00896F29" w:rsidP="00896F29">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пути получения профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Медицинские ВУЗы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="0036258A" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="00896F29" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Родственные профессии </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="0036258A" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...36 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Врач-терапевт, врач-эндокринолог, врач-невропатолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0036258A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036258A" w:rsidRPr="0036258A" w:rsidRDefault="0036258A" w:rsidP="0036258A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...325 lines deleted...]
-    <w:sectPr w:rsidR="005A5986" w:rsidRPr="003A333C" w:rsidSect="00B601E0">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0036258A" w:rsidRPr="0036258A" w:rsidSect="00517073">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B5B1DD3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B9F6BD32"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53B46A63"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4A283AFA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00334000"/>
+    <w:rsidRoot w:val="00B84C42"/>
     <w:rsid w:val="000304F1"/>
     <w:rsid w:val="00132409"/>
-    <w:rsid w:val="001A3218"/>
     <w:rsid w:val="001A5644"/>
     <w:rsid w:val="001F4042"/>
+    <w:rsid w:val="002143D7"/>
     <w:rsid w:val="00271FCB"/>
-    <w:rsid w:val="0028755F"/>
     <w:rsid w:val="00330B1A"/>
-    <w:rsid w:val="00334000"/>
-    <w:rsid w:val="003A333C"/>
+    <w:rsid w:val="0036258A"/>
     <w:rsid w:val="003E225A"/>
-    <w:rsid w:val="005268CC"/>
-    <w:rsid w:val="005A51D8"/>
+    <w:rsid w:val="00517073"/>
     <w:rsid w:val="005A5986"/>
     <w:rsid w:val="005C170A"/>
     <w:rsid w:val="005D5159"/>
-    <w:rsid w:val="00753F60"/>
+    <w:rsid w:val="00692140"/>
+    <w:rsid w:val="007836BC"/>
     <w:rsid w:val="007D57E0"/>
+    <w:rsid w:val="00896F29"/>
     <w:rsid w:val="008C775B"/>
     <w:rsid w:val="00AC25E7"/>
-    <w:rsid w:val="00AE7DF3"/>
-    <w:rsid w:val="00B601E0"/>
+    <w:rsid w:val="00B84C42"/>
     <w:rsid w:val="00BB6B6A"/>
     <w:rsid w:val="00BF27A3"/>
     <w:rsid w:val="00C43A55"/>
+    <w:rsid w:val="00C87B23"/>
+    <w:rsid w:val="00D446B9"/>
     <w:rsid w:val="00DD258C"/>
-    <w:rsid w:val="00E02BA0"/>
     <w:rsid w:val="00E20F7D"/>
     <w:rsid w:val="00EE6FEB"/>
     <w:rsid w:val="00F02882"/>
     <w:rsid w:val="00FE5164"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0FD8EE4C"/>
+  <w14:docId w14:val="1AEABFBE"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B6F4CA36-9A5A-461B-95E9-CDBB775D4A49}"/>
+  <w15:docId w15:val="{77C1FA59-B2B5-4049-B9E4-5C87D41575EE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1435,121 +2029,92 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E02BA0"/>
+    <w:rsid w:val="0036258A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1774,69 +2339,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>323</Words>
-  <Characters>1843</Characters>
+  <Words>328</Words>
+  <Characters>1872</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2162</CharactersWithSpaces>
+  <CharactersWithSpaces>2196</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ученик</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>