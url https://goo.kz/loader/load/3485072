--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -1,4307 +1,3294 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00507697" w:rsidRPr="009B650A" w:rsidRDefault="00507697" w:rsidP="00507697">
+    <w:p w:rsidR="00DD1E4F" w:rsidRPr="00315FB3" w:rsidRDefault="00DD1E4F" w:rsidP="00DD1E4F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD1E4F" w:rsidRPr="00315FB3" w:rsidRDefault="00DD1E4F" w:rsidP="00DD1E4F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НА ВАКАНТНЫЕ МЕСТА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИЧЕСКИХ РАБОТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD1E4F" w:rsidRPr="00315FB3" w:rsidRDefault="00DD1E4F" w:rsidP="00DD1E4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD1E4F" w:rsidRPr="00315FB3" w:rsidRDefault="00DD1E4F" w:rsidP="00DD1E4F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD1E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>«Ясли - сад № 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города  Павлодара - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD1E4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Центр развития»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...250 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бъявляет открытый конкурс на замещение вакантной должности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD1E4F" w:rsidRPr="00315FB3" w:rsidRDefault="00DD1E4F" w:rsidP="00DD1E4F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="1"/>
         <w:tblW w:w="10109" w:type="dxa"/>
-        <w:tblInd w:w="-106" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="653"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2681"/>
+        <w:gridCol w:w="673"/>
+        <w:gridCol w:w="1626"/>
+        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="1907"/>
+        <w:gridCol w:w="2720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00507697" w:rsidRPr="00507697" w:rsidTr="00C74248">
+      <w:tr w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidTr="00C74248">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00507697">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Бос орын лауазымы</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вакантная должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1568" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00507697">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Жүктеме көлемі</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем нагрузки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00507697">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Оқытылу тілі</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1875" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00507697">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>МДҰ</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адрес </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДО</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контакты, электронный адрес</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidTr="00C74248">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="673" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00507697">
-[...7 lines deleted...]
-              <w:t>мекенжайы</w:t>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2681" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00507697">
-[...58 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Воспитатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1766" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00507697">
-[...6 lines deleted...]
-              <w:t>Тәрбиешілер</w:t>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(1 ставка –</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4,8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>часа)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>русский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1568" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1,25 ставка</w:t>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г. Павлодар, ул. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00507697">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (1 ставка – 4</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Машһур</w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00507697">
-[...6 lines deleted...]
-              <w:t>сағат</w:t>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Жусупа</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00507697">
-[...6 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, 27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1566" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8(7182) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Орыс </w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>37</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          <w:p w:rsidR="00507697" w:rsidRPr="00507697" w:rsidRDefault="00507697" w:rsidP="00C74248">
+          <w:p w:rsidR="00DD1E4F" w:rsidRPr="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00C74248">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00507697">
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:t xml:space="preserve">email:  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1E4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>8(7182)</w:t>
+              <w:t xml:space="preserve">sad27@goo.edu.kz </w:t>
             </w:r>
-            <w:r w:rsidRPr="008A5359">
-[...62 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE135A" w:rsidRPr="00507697" w:rsidRDefault="00BE135A" w:rsidP="00BE135A">
-[...13 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00DD1E4F" w:rsidRDefault="00DD1E4F" w:rsidP="00E03501">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E03501" w:rsidRPr="00323429" w:rsidRDefault="00E03501" w:rsidP="00E03501">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли - сад № 27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города  Павлодара -  Центр развития» отдела образования города Павлодара, управления образования Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0089507E" w:rsidRPr="00323429" w:rsidRDefault="0089507E" w:rsidP="00E03501">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03501" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантные должности воспитателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00DD1E4F" w:rsidRDefault="0089507E" w:rsidP="00DD1E4F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...44 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с русским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="000D619C" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008152A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.07. - 19.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6968" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...31 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>27</w:t>
-[...463 lines deleted...]
-    <w:p w:rsidR="00BE135A" w:rsidRPr="0024294D" w:rsidRDefault="00BE135A" w:rsidP="00BE135A">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6968" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6968" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F16308" w:rsidRPr="00F16308" w:rsidRDefault="00E03501" w:rsidP="00F16308">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00967778">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t xml:space="preserve"> «Ясли - сад № </w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308">
+        <w:t xml:space="preserve">27 города  Павлодара -  Центр </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t xml:space="preserve">развития», улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F16308">
+        <w:t>Машһур</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F16308">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F16308">
+        <w:t>Жусупа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00967778">
+        <w:t>, 27</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t> Біліктілік талаптары: </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t>, телефон 8 (7812) 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>    </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE135A" w:rsidRPr="0024294D" w:rsidRDefault="00BE135A" w:rsidP="00BE135A">
+        <w:t>98</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00967778">
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00967778">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="00F16308">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:t xml:space="preserve"> с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E21786" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное</w:t>
+      </w:r>
+      <w:r w:rsidR="00844E5F" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w:rsidR="00BE135A" w:rsidRPr="0024294D" w:rsidRDefault="00BE135A" w:rsidP="00BE135A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E21786" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здоровьесберегающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>игровая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на основе изучения общеобразовательных учебных программ, учебно-методической</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует воспитательно-образовательную деятельность на основе анализа</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="004567DA" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6968" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6968" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>особыми образовательными потребностями и обычно развивающихся детей для обеспечения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6968" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает индивидуальный подход к каждому ребенку с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>особыми</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Занимается изучением, обобщением, распространением и внедрением лучших</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет консультационную помощь родителям по вопросам воспитания и</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Внедряет концепцию </w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование, основанное на ценностях</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; в организации с</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E21786" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан, законы Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Об образовании</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О статусе педагога</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«О </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>противодействии коррупции</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другие нормативные правовые акты Республики Казахстан,</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E21786" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>среднее-специальное образование – 92695–103618</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E21786" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее образование – 98024–116872 тенге (без</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь,</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В течение 7 рабочих</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дней со дня опубликования объявления на Интернет-ресурсе и (или) официальных аккаунтах</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E03501" w:rsidRPr="00D3649F" w:rsidRDefault="00E03501" w:rsidP="00E03501">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должности осуществляет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E32DE3">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E32DE3">
+        <w:t xml:space="preserve"> «Ясли - сад № </w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>     және (немесе) біліктілігінің орта деңгейі болған кезде мектепке дейінгі ұйым тәрбиешісі лауазымындағы жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл, педагог – сарапшы үшін-кемінде 3 жыл, педагог-зерттеуші үшін-кемінде 4 жыл.         </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BE135A" w:rsidRPr="0024294D" w:rsidRDefault="00BE135A" w:rsidP="00BE135A">
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E32DE3">
+        <w:t xml:space="preserve"> города  Павлодара -  Центр развития»</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F16308">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шһура Жусупа</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,27</w:t>
+      </w:r>
+      <w:r w:rsidR="009813C5">
+        <w:t>/1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактического</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к должности</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационными требованиями, утвержденными Типовыми квалификационными</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего</w:t>
+      </w:r>
+      <w:r w:rsidR="00E21786" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E21786" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под №</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21786" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21579),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справку с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD36CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психоневрологической</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) справку с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наркологической</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E03501" w:rsidRPr="00040F82" w:rsidRDefault="00E03501" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) справка тубдиспансер</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) сертификат Национального квалификационного тестирования (далее - НКТ) или</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD36CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C6968" w:rsidRPr="00040F82" w:rsidRDefault="002C6968" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для</w:t>
+      </w:r>
+      <w:r w:rsidR="004567DA" w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E03501" w:rsidRPr="00F16308" w:rsidRDefault="00E03501" w:rsidP="00E03501">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1225 lines deleted...]
-      <w:r w:rsidRPr="0024294D">
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00323429">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:sz w:val="28"/>
-[...281 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...802 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>8(7182</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5359">
+      <w:r w:rsidRPr="00323429">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>) </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">55-98-37; эл.пошта: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A5359">
+        <w:t>98</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00323429">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323429">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323429">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электронный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00505700" w:rsidRPr="00F16308">
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F16308" w:rsidRPr="00F16308">
+        <w:rPr>
+          <w:b/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>sad27@goo.edu.kz</w:t>
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00465498" w:rsidRPr="00BE135A" w:rsidSect="002C3414">
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00505700" w:rsidRPr="00F16308">
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E07A0" w:rsidRPr="002C6968" w:rsidRDefault="002E07A0" w:rsidP="002C6968">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002E07A0" w:rsidRPr="002C6968" w:rsidSect="001C4993">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="707" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Times New Roman">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...211 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BE135A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C11D29"/>
+    <w:rsidRoot w:val="001107D0"/>
+    <w:rsid w:val="000256FC"/>
+    <w:rsid w:val="00040F82"/>
+    <w:rsid w:val="000A4874"/>
+    <w:rsid w:val="000D619C"/>
+    <w:rsid w:val="001107D0"/>
+    <w:rsid w:val="001C2F67"/>
+    <w:rsid w:val="001C4993"/>
+    <w:rsid w:val="002924E3"/>
+    <w:rsid w:val="002C6968"/>
+    <w:rsid w:val="002E07A0"/>
+    <w:rsid w:val="00322138"/>
+    <w:rsid w:val="00323429"/>
+    <w:rsid w:val="00337236"/>
+    <w:rsid w:val="003F0290"/>
+    <w:rsid w:val="00435700"/>
+    <w:rsid w:val="00454242"/>
+    <w:rsid w:val="004567DA"/>
+    <w:rsid w:val="004D39E8"/>
+    <w:rsid w:val="00505700"/>
+    <w:rsid w:val="00593D96"/>
+    <w:rsid w:val="005A79FA"/>
+    <w:rsid w:val="005B7F9E"/>
+    <w:rsid w:val="005C0BB0"/>
+    <w:rsid w:val="005E4D2F"/>
+    <w:rsid w:val="00804283"/>
+    <w:rsid w:val="008152A6"/>
+    <w:rsid w:val="0082694E"/>
+    <w:rsid w:val="00844E5F"/>
+    <w:rsid w:val="0089507E"/>
+    <w:rsid w:val="008B7910"/>
+    <w:rsid w:val="009813C5"/>
+    <w:rsid w:val="009B52EC"/>
+    <w:rsid w:val="00A102D5"/>
+    <w:rsid w:val="00A40BF2"/>
+    <w:rsid w:val="00AC541D"/>
+    <w:rsid w:val="00BC7609"/>
+    <w:rsid w:val="00C22C82"/>
+    <w:rsid w:val="00C55926"/>
+    <w:rsid w:val="00D065A5"/>
+    <w:rsid w:val="00DD1E4F"/>
+    <w:rsid w:val="00E03501"/>
+    <w:rsid w:val="00E0603F"/>
+    <w:rsid w:val="00E21786"/>
+    <w:rsid w:val="00EC7787"/>
+    <w:rsid w:val="00F00A71"/>
+    <w:rsid w:val="00F16308"/>
+    <w:rsid w:val="00F749A5"/>
+    <w:rsid w:val="00FD36CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4444,118 +3431,171 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BE135A"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BE135A"/>
+    <w:rsid w:val="00E03501"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00BE135A"/>
+    <w:rsid w:val="00E03501"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...4 lines deleted...]
-    <w:rsid w:val="00BE135A"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD1E4F"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00DD1E4F"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00DD1E4F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -4675,130 +3715,185 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BE135A"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BE135A"/>
+    <w:rsid w:val="00E03501"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00BE135A"/>
+    <w:rsid w:val="00E03501"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...4 lines deleted...]
-    <w:rsid w:val="00BE135A"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD1E4F"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a6"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00DD1E4F"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a6">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00DD1E4F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4832,84 +3927,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -5044,66 +4141,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6762</Characters>
+  <Pages>3</Pages>
+  <Words>1174</Words>
+  <Characters>6695</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
+  <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7933</CharactersWithSpaces>
+  <CharactersWithSpaces>7854</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Computer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>