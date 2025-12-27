--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,10816 +1,3342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5E245249" w14:textId="4836E0F3" w:rsidR="00F45004" w:rsidRPr="00F45004" w:rsidRDefault="00F45004" w:rsidP="00F45004">
+    <w:p w14:paraId="539E52EA" w14:textId="704EE15A" w:rsidR="00DB4E62" w:rsidRPr="00286371" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000739D4">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли сад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000739D4">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000739D4">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» отдела образования города </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодара,  управления</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006402A2">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000739D4">
+      <w:r w:rsidRPr="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на вакантную</w:t>
+      </w:r>
+      <w:r w:rsidR="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidR="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B91E5F">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F45004">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хореографа</w:t>
+      </w:r>
+      <w:r w:rsidR="00286371" w:rsidRPr="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B91E5F">
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FF35DB">
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>смешаным</w:t>
+      </w:r>
+      <w:r w:rsidR="00286371" w:rsidRPr="00286371">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-        <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="46ED855D" w14:textId="77777777" w:rsidR="00722B94" w:rsidRPr="00175527" w:rsidRDefault="00722B94" w:rsidP="00722B94">
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDFAB54" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21221E99" w14:textId="75082B46" w:rsidR="00F45004" w:rsidRPr="0059195D" w:rsidRDefault="00FC5860" w:rsidP="00F45004">
+    <w:p w14:paraId="4EBCAAED" w14:textId="3C1197EC" w:rsidR="00DB4E62" w:rsidRPr="00004D0A" w:rsidRDefault="00A57203" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008132C1">
+      <w:r w:rsidRPr="00A57203">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00F45004" w:rsidRPr="008132C1">
-[...30 lines deleted...]
-    <w:p w14:paraId="0ABC6563" w14:textId="788A4381" w:rsidR="0059195D" w:rsidRPr="0059195D" w:rsidRDefault="00F45004" w:rsidP="0059195D">
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00A57203">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.07.2022г</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00004D0A">
+        <w:t xml:space="preserve"> 09:00</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> час.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F63837" w14:textId="4497A6F2" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006424F8">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>Павлодар</w:t>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли сад</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ.</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">города </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Павлодара»  г.Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, улица </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш. Айманова</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="000739D4">
-[...3 lines deleted...]
-        <w:t>Ш.</w:t>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t>Айманов</w:t>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>64-15-52</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3256 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve">; эл.почта: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="000739D4" w:rsidRPr="00833BE3">
+        <w:r w:rsidR="008C7385" w:rsidRPr="00001EA4">
           <w:rPr>
             <w:rStyle w:val="a5"/>
-            <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad4@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273B3F0C" w14:textId="77777777" w:rsidR="00FF35DB" w:rsidRDefault="00FF35DB" w:rsidP="00F45004">
+    <w:p w14:paraId="1ED761F6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47D5D4E3" w14:textId="1D2820F3" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акант</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00286371">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB4E62">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хореографа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>смешаным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7154DCFB" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00F45004" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FAE8530" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года № 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453873F4" w14:textId="3D400C4F" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="26EE7724" w14:textId="77777777" w:rsidR="00FF35DB" w:rsidRDefault="00FF35DB" w:rsidP="00F45004">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>В течение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C5389A" w14:textId="6CF8BDD2" w:rsidR="00DB4E62" w:rsidRPr="00D3649F" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли сад</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аймано</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ва, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A57203">
+        <w:t xml:space="preserve"> эл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>очта</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="255D7A5E" w14:textId="77777777" w:rsidR="00FF35DB" w:rsidRDefault="00FF35DB" w:rsidP="00F45004">
+        <w:t xml:space="preserve"> sad</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26192112" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00234522" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D168110" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00234522" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53620E44" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00234522" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CA1D2B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00234522" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, утверждёнными Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCDEBFD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00234522" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) заседании конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E31C02" w14:textId="51CDA77F" w:rsidR="00DB4E62" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="0E2C3D45" w14:textId="77777777" w:rsidR="00FF35DB" w:rsidRDefault="00FF35DB" w:rsidP="00F45004">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ясли сад</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>смешаным</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62">
+        <w:t xml:space="preserve"> обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> р</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62">
+        <w:t>еализует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62">
+        <w:t>типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B63D10" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00F45004" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E515B77" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Квалификационные требования: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322EB71A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И (или) педагог-мастер высшего уровня квалификации за стаж педагогической работы при наличии – 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4533363D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не менее 2 лет для педагога-модератора, не менее 3 лет для педагога-эксперта, не менее 4 лет для педагога-исследователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B49B2C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B1DF19" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) "педагог" (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C87C13" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>знает содержание учебного предмета, учебно-воспитательного процесса, методики обучения и оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4CD55F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA269B6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>способствует формированию общей культуры обучающегося и его социализации,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABE60E8" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>участвует в мероприятиях на уровне организации образования, реализует индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44986C70" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) "педагог-модератор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общим требованиям категории "педагог", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2684DB75" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, становится участником олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E3D804" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE2FA5B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-модератор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AAB33ED" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеет навыками анализа организованной учебной деятельности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F3CDC9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реализует конструктивность и наставничество, определяет приоритеты профессионального развития как отдельных, так и коллективных на уровне организаций образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082A64D3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обобщает опыт на уровне города/региона, становится участниками олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6AAD18" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607F65A2" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-эксперт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126AD19E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеет навыками разработки инструментария исследования и оценки урока,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F8651B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224B73F5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43AC4BDB" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет Наставничество в педагогическом сообществе на уровне района, города и конструктивно определяет стратегию развития,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E6DFD5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обобщает опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B25CEF7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наличие участников олимпиад, конкурсов, соревнований на уровне области/ городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44819260" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>5) "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D95301" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>соответствует общим требованиям категории "педагог-мастер</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>" ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615216F1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>иметь авторские программы и быть автором (соавтором) авторских программ или учебников, учебно-методических пособий, одобренных республиканским учебно-методическим советом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254703A1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>обеспечивает развитие навыков научного проектирования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3062F66E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>осуществляет руководство и планирует участие в сети профессиональных объединений на уровне области,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F94A39D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>является участником республиканских и международных конкурсов и олимпиад или готовит участников республиканских и международных конкурсов, утвержденных уполномоченным областным органом образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6455AD14" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF1D1B">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: осуществляет обучение и воспитание обучающихся в соответствии с государственными общеобязательными стандартами образования и на основе концепции "образование на основе ценностей" с учетом специфики преподаваемого предмета,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45DDB973" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и способствует развитию индивидуальных способностей обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66203ACE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Использует новые подходы, эффективные формы, методы и средства обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7CDC5B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Участвует в разработке и выполнении учебных программ, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1E8200" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Участвует в заседаниях методических объединений, методических советов, сетевых сообществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6E060D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEB0892" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальную коррекцию отклонений в развитии с учетом специфики преподаваемого предмета в специальных (коррекционных) образовательных учреждениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B4BFCD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Повышает профессиональную компетентность, в том числе информационно-коммуникационную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222EF191" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выполняет правила и нормы охраны труда, техники безопасности и противопожарной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF61632" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BE8A27" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC6DC19" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выполняет требования техники безопасности при эксплуатации оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F6946E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает создание необходимых условий для сохранения жизни и здоровья детей во время образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A928C9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заполняет документы, перечень которых утвержден уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558E855A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В образовательных организациях понятие "образование, основанное на ценностях" внедряется всеми формами образовательного процесса, в том числе с участием детских семей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579EC1D5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Профилактика антикоррупционной культуры, принципов академической честности среди обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007EF70D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF0D78">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EF1D1B">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Должен знать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: Конституцию Республики Казахстан, Трудовой кодекс Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "о противодействии коррупции", "О языках в Республике Казахстан", государственные общеобязательные стандарты образования и другие нормативные правовые акты, определяющие направления и перспективы развития образования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D86C11" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогика и психология,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B68074" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>методику преподавания дисциплины, воспитательную работу, средства обучения и их дидактические возможности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226A8A91" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>требования к оборудованию учебных кабинетов и вспомогательных помещений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C52A325" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>правила и нормы охраны труда, техники безопасности и противопожарной защиты, санитарные правила и нормы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3949A90E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="001315D5" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="523740BB" w14:textId="77777777" w:rsidR="00FF35DB" w:rsidRPr="00FF35DB" w:rsidRDefault="00FF35DB" w:rsidP="00F45004">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> плата</w:t>
+      </w:r>
+      <w:r w:rsidR="00286371">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хореографа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: сред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нее-специальное образование – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>000–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0000 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E761D0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="008F5FA7" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная плата</w:t>
+      </w:r>
+      <w:r w:rsidR="00286371">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хореографа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование – 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0000–1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0000 тенге (без квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA05FB3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00EF1D1B" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F842886" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1375FF" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A27EE5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность или электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EAE711" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAF42C7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA1B0B3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0485C9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ-175/2020» Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8D6A26" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) справка с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2E3701" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) справка с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2700FD4D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НБС) или свидетельство о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера( при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0247F0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) заполненный оценочный лист кандидата на вакантную или временно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантную должность хореографа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8EC1A4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00E41C37" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E41C37">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги в случаях выявления недостоверных документов, представленных услугополучателем для получения государственной услуги, и (или) содержащихся в них данных (сведений), необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A7895E" w14:textId="425F794C" w:rsidR="00DB4E62" w:rsidRPr="00194DDD" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...81 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD1601">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>64-15-52</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="008C7385" w:rsidRPr="00001EA4">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>sad4@goo.edu.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...148 lines deleted...]
-    <w:p w14:paraId="660990ED" w14:textId="77777777" w:rsidR="00EF1D1B" w:rsidRPr="005F4582" w:rsidRDefault="00EF1D1B" w:rsidP="00EF1D1B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69FDB1B3" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="1809CF48" w14:textId="77777777" w:rsidR="00EF1D1B" w:rsidRPr="005F4582" w:rsidRDefault="00EF1D1B" w:rsidP="00EF1D1B">
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738E76AF" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="4B61C84F" w14:textId="77777777" w:rsidR="00EF1D1B" w:rsidRPr="005F4582" w:rsidRDefault="00EF1D1B" w:rsidP="00EF1D1B">
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A30F76" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="014E5FA9" w14:textId="77777777" w:rsidR="00EF1D1B" w:rsidRPr="005F4582" w:rsidRDefault="00EF1D1B" w:rsidP="00EF1D1B">
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A18AE74" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="36B88B85" w14:textId="77777777" w:rsidR="00EF1D1B" w:rsidRPr="005F4582" w:rsidRDefault="00EF1D1B" w:rsidP="00EF1D1B">
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="645A1A51" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="60CD3ED6" w14:textId="77777777" w:rsidR="00EF1D1B" w:rsidRPr="005F4582" w:rsidRDefault="00EF1D1B" w:rsidP="00EF1D1B">
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63B11B6F" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="3CF09506" w14:textId="77777777" w:rsidR="00EF1D1B" w:rsidRPr="005F4582" w:rsidRDefault="00EF1D1B" w:rsidP="00EF1D1B">
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="062AA283" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="7491D5A0" w14:textId="77777777" w:rsidR="00EF1D1B" w:rsidRPr="005F4582" w:rsidRDefault="00EF1D1B" w:rsidP="00EF1D1B">
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="732E9D72" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
-[...53 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67FA6D6C" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4CA19A" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA772A2" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A05F799" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E0AB2FA" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EEECD9F" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="499407DA" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="056C076B" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7318E264" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75C6E05B" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54061877" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62489F60" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AC1259B" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57BAED5D" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23E8C07F" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76478109" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="772BFA4A" w14:textId="77777777" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1664D688" w14:textId="570BDB8C" w:rsidR="008C7385" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CF27D8C" w14:textId="7DC74F14" w:rsidR="00A57203" w:rsidRDefault="00A57203" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6231AFC5" w14:textId="2730FC00" w:rsidR="00A57203" w:rsidRDefault="00A57203" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4040E7" w14:textId="45069A89" w:rsidR="00A57203" w:rsidRDefault="00A57203" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29635196" w14:textId="77777777" w:rsidR="00A57203" w:rsidRDefault="00A57203" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="774DBE5A" w14:textId="3AFF5439" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей первых руководителей и</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6358 lines deleted...]
-    <w:p w14:paraId="355BB0FA" w14:textId="77777777" w:rsidR="00F45004" w:rsidRDefault="00F45004" w:rsidP="00F45004">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C8C6F6A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="1303"/>
-[...165 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329B24ED" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E475D6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочныйлисткандидатанавакантнуюиливременновакантнуюдолжность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="20"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="79792E6B" w14:textId="4B546E1D" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00AF2A25" w:rsidP="00F45004">
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B894F22" w14:textId="79C1119F" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:sz w:val="17"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="6904"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74175F80" wp14:editId="2CE8CB04">
+                <wp:extent cx="1779905" cy="5080"/>
+                <wp:effectExtent l="12065" t="10160" r="8255" b="3810"/>
+                <wp:docPr id="1" name="Группа 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="5080"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="2803" cy="8"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="2" name="Line 6"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="4"/>
+                            <a:ext cx="2803" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="5085">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="248BDE0E" id="Группа 14" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMFxLPFQIAAJUEAAAOAAAAZHJzL2Uyb0RvYy54bWyklM1y2yAQx++d6Tsw3GvJbp04Gss5OIkv&#10;buuZJA+AAUlMEcsAtuS374IUOx+XTqoDAyy7/Pe3i5a3favJUTqvwJR0OskpkYaDUKYu6fPTw7cF&#10;JT4wI5gGI0t6kp7err5+WXa2kDNoQAvpCAYxvuhsSZsQbJFlnjeyZX4CVho0VuBaFnDp6kw41mH0&#10;VmezPL/KOnDCOuDSe9y9G4x0leJXleThd1V5GYguKWoLaXRp3McxWy1ZUTtmG8VHGewTKlqmDF56&#10;DnXHAiMHpz6EahV34KEKEw5tBlWluEw5YDbT/F02GwcHm3Kpi662Z0yI9h2nT4flv44bZx/tzg3q&#10;cboF/scjl6yzdfHaHtf1cJjsu58gsJ7sECAl3leujSEwJdInvqczX9kHwnFzen19c5PPKeFom+eL&#10;ET9vsEYfnHhzP7rNFvn3wWcR65WxYrgsCRwFxYJjB/kLJP9/kB4bZmVi7yOEnSNKlHRGiWEt5r1V&#10;RpKrKCfeiwfWZkDIezMiJAbWDTO1TKGeThbdpimBNy5x4ZH/PyL9MbTsC9ILmwTzzIYV1vmwkdCS&#10;OCmpRsGpUOy49WHA+HIk1s3Ag9Ia91mhDelSfebJwYNWIhqjzbt6v9aOHFl8UOkba/LmGDauESlY&#10;I5m4H+eBKT3MUac2qcWG5AeMexCnnYvaxmKOTYi9n8o+vtP4uF6v06nL32T1FwAA//8DAFBLAwQU&#10;AAYACAAAACEAwxpz0toAAAACAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF7wX/wzKCt7qJ&#10;0hLSbESk9SSFqiC9jdkxCWZnQ3ZN4r/vtpd6GXi8x3vfZKvRNKKnztWWFcTzCARxYXXNpYLj4eM5&#10;AeE8ssbGMim4k4NVPnnKMNV24C/q974UoYRdigoq79tUSldUZNDNbUscvIvtDPogu1LqDodQbhq5&#10;iKJXabDmsFBhS5uKiuv+ZhRsBxzWy/i9310vm/v34eXztItJqdl0XL+B8DT6/zD84gd0yAPT2d5Y&#10;O9EoCI/4vxu8RRItQZwVJCDzTD6i5z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADBcS&#10;zxUCAACVBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;wxpz0toAAAACAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:line id="Line 6" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCtBGk5xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvgt8hPKE3zSq01dUorbbgoVD/odfH5rm7unlZktRdv70pFHocZuY3zGzRmkrcyPnSsoLhIAFB&#10;nFldcq7gsP/sj0H4gKyxskwK7uRhMe92Zphq2/CWbruQiwhhn6KCIoQ6ldJnBRn0A1sTR+9sncEQ&#10;pculdthEuKnkKElepMGS40KBNS0Lyq67H6Og/bLH8XtdNc+TplyvThf3sfl+Veqp175NQQRqw3/4&#10;r73WCkbweyXeADl/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK0EaTnEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".14125mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DADB4A0" w14:textId="5B34CA8A" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EA0E657" wp14:editId="5165D976">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03714C01" wp14:editId="0D644842">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4841875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>142240</wp:posOffset>
+                  <wp:posOffset>151130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1779905" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Полилиния 9"/>
+                <wp:docPr id="16" name="Полилиния 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1779905" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 7625 7625"/>
                             <a:gd name="T1" fmla="*/ T0 w 2803"/>
                             <a:gd name="T2" fmla="+- 0 10427 7625"/>
                             <a:gd name="T3" fmla="*/ T2 w 2803"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -10846,176 +3372,6457 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2F509A63" id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgUEEzkQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1pUnTGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00y7aXYX4QSJM6PLyI1zf7TrOdcr4FU/LsLOVMGQlVazYl/7q6&#10;f3PJmQ/CVEKDUSV/Up7fLF++uO5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4MrDJorMF1IqDqNknl&#10;RI/onU7yNL1IenCVdSCV9/j3bjDyJeHXtZLhc117FZguOXILdDo61/FMltei2Dhhm1aONMQ/sOhE&#10;azDoAepOBMG2rv0NqmulAw91OJPQJVDXrVSUA2aTpSfZPDbCKsoFi+PtoUz+/8HKT7tH+8VF6t4+&#10;gPzmsSJJb31xsETFow9b9x+hwh6KbQBKdl+7Lt7ENNieavp0qKnaBybxZ7ZYXF2lc84k2rJ8QSVP&#10;RDHdlVsf3isgHLF78GHoSIUS1bNiRnQYdIXdqzuNzXn9hqVscZHP6Rg7eHDLJrdXCVulrGf5ZXp+&#10;6pRPToSVpbN88Uew88kvguVHYJjAZqIomom13JuRNkpMxCeQUqEs+FigFZKbKoQI6BRT/Isvxj71&#10;He6MIRzO9ulUO85wqtdDulaEyCyGiCLrS061iD862KkVkCmctA6DPFu1OfbC61i5I1aDGW/EADg3&#10;g0BBI9ej1hq4b7Wm3moTqczTyznVxoNuq2iMbLzbrG+1YzsR3yt9MRkE+8XNwdZUBNYoUb0b5SBa&#10;Pcjor7G2NMdxdOM68MUaqiccYwfDFsCthUID7gdnPW6AkvvvW+EUZ/qDwSd2lc1mcWWQMpsvclTc&#10;sWV9bBFGIlTJA8fGR/E2DGtma127aTBSRukaeIvPp27jnBO/gdWo4CunbMeNFNfIsU5ez3tz+RMA&#10;AP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3FevK9OtIoXWAL14sMFHEd&#10;XMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1lrolj7IIA3G67cPoMaZx&#10;bLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSjtvbyYqruQUWa4h8Ms35S&#10;hzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA4FBBM5ECAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAADrBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="29FC7279" id="Полилиния 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgUEEzkQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1pUnTGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00y7aXYX4QSJM6PLyI1zf7TrOdcr4FU/LsLOVMGQlVazYl/7q6&#10;f3PJmQ/CVEKDUSV/Up7fLF++uO5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4MrDJorMF1IqDqNknl&#10;RI/onU7yNL1IenCVdSCV9/j3bjDyJeHXtZLhc117FZguOXILdDo61/FMltei2Dhhm1aONMQ/sOhE&#10;azDoAepOBMG2rv0NqmulAw91OJPQJVDXrVSUA2aTpSfZPDbCKsoFi+PtoUz+/8HKT7tH+8VF6t4+&#10;gPzmsSJJb31xsETFow9b9x+hwh6KbQBKdl+7Lt7ENNieavp0qKnaBybxZ7ZYXF2lc84k2rJ8QSVP&#10;RDHdlVsf3isgHLF78GHoSIUS1bNiRnQYdIXdqzuNzXn9hqVscZHP6Rg7eHDLJrdXCVulrGf5ZXp+&#10;6pRPToSVpbN88Uew88kvguVHYJjAZqIomom13JuRNkpMxCeQUqEs+FigFZKbKoQI6BRT/Isvxj71&#10;He6MIRzO9ulUO85wqtdDulaEyCyGiCLrS061iD862KkVkCmctA6DPFu1OfbC61i5I1aDGW/EADg3&#10;g0BBI9ej1hq4b7Wm3moTqczTyznVxoNuq2iMbLzbrG+1YzsR3yt9MRkE+8XNwdZUBNYoUb0b5SBa&#10;Pcjor7G2NMdxdOM68MUaqiccYwfDFsCthUID7gdnPW6AkvvvW+EUZ/qDwSd2lc1mcWWQMpsvclTc&#10;sWV9bBFGIlTJA8fGR/E2DGtma127aTBSRukaeIvPp27jnBO/gdWo4CunbMeNFNfIsU5ez3tz+RMA&#10;AP//AwBQSwMEFAAGAAgAAAAhALoY0hjdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYShhjKk2nCgESRwZIO3qN1xYap2qyrfDr8U5ws/2enr9XrCbfqwONsQts4XqWgSKu&#10;g+u4sfD+9nS1BBUTssM+MFn4pgir8vyswNyFI7/SYZ0aJSEcc7TQpjTkWse6JY9xFgZi0XZh9Jhk&#10;HRvtRjxKuO+1ybKF9tixfGhxoIeW6q/13lt4/ujcS6RdxZg+zc9jFae4qa29vJiqe1CJpvRnhhO+&#10;oEMpTNuwZxdVb+FuYW7FasHcSIWTIZsbmbZymWegy0L/r1D+AgAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOBQQTORAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhALoY0hjdAAAACgEAAA8AAAAAAAAAAAAAAAAA6wQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00F45004" w:rsidRPr="00097EC8">
-[...2 lines deleted...]
-          <w:sz w:val="17"/>
+    </w:p>
+    <w:p w14:paraId="3BF73FD5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>фамилия,имя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="612799D9" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1758A2D3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6B4754" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="349C30B7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающийдокумент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6705B618" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-вобаллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="0391EFF0" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4745FF96" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="636AEA97" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17B69F8A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54132E33" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EE035C9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A7C695C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11E2ECAE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническоеипрофессиональное= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="499E853C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшееочное=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="616A2736" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="406F2958" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломовысшемобразованиис отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="7DB031B5" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10AE6AEF" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E4914C4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24AE50B0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E5A2D3A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7485FA3C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52DDCCC7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/ академическаястепень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2205C73C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52B91393" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2130D2E2" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6916F1D4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистрилиспециалистсвысшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30484807" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор=10баллов Докторнаук=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6000119A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидатнаук=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="4D966F90" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B6FFB1E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42018C3C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="506DA7A6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19C55A95" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4330C059" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="404FF557" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5683F0BB" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EB725E1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7334EA73" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50132314" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0935A649" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A390733" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28D610B6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="374BE026" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74E2D6F6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D5D8E4F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="492938C0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D73059A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50AAB558" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FFBC6FD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="390D9F78" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AAB83FA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00F2EF4E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02D342E1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DB96669" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C9ACA15" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69476390" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72C386A4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52114108" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AF8A8B1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="306C97DF" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="510B0C5E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FE6617E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3436F577" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B73B624" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="611F49BC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="085C9627" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62F91C60" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09C27049" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="035A5918" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C18A684" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18B8E3A8" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0802655F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EF7AFF9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F26C1B7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CE276A6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46EEB118" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E0CCA0C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BB01084" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C766FD9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36AD8DC8" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B25031B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15F4E74C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F5A02D5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B2B965E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0234910F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35AD9822" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FB22638" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50712954" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="204B6671" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07A5B83F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B9A0F64" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="604D6C9B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="154C6B20" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FB664EC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="034A715A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59EB4556" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31CFE490" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F803D82" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45C46BDC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B6AA347" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="650691CA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4813D8A9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C6BA2E9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0855A47B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5893C25F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37949F7D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BB7443E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20C1E374" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="493FA651" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29DC4EB7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03C47B6E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23BFE03D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="130A3D42" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ADCD031" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="542B98A7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="278C28FE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470D6872" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="686CC4E3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCA32C0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B09B402" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E4B9CC6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от80до90баллов=6баллов По методике и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогике:от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75CA2F11" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="687CA8E4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11682DA4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64AB94E3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="257BBE07" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1735EC29" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB19DAA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AFA4225" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC878E8" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от80до90баллов=7баллов По методике и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогике:от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED3329A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2748FB04" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=3балла от60до70баллов=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35D27D5A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671FC8AC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49626CAA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FEF8B19" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03B83A04" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=7баллов от80до90баллов=8баллов По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1F42C56D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidSect="00EF1D1B">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="62CCA312" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F9C9F77" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="169E9344" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C8454EB" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BBAA492" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от30до40баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22484FC8" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B295DDC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D028F3A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="363D506E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="694353D1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56F35A2E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D78E12" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78722FF0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=8баллов от 80 до90 баллов = 9 баллов По методике и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогике:от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FA5FD80" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DFB0652" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=5баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122E4412" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F61692" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="4683AE1D" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F98E70B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07E4745B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="625074FD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43A4F503" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A584B88" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18567946" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4877363D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2068AAC3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация/Категория.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A6BC431" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43528556" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FD1FF8B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46456664" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение,иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F75DD92" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2категория=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C222AD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор=3балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB90B69" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EF77657" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="11C1AB0D" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44BB6574" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="642FE197" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BEE3E84" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DE10D92" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DD255AE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическойдеятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="692DE487" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20A4F399" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73220547" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от1 до3 лет =1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B3166AE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от3 до5 лет =1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313D2503" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="13" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от5до10лет=2балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="72BC2253" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DCBC5B9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D6D264C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F62EE26" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11571F05" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опытадминистративнойи методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="564DB5FE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4BAD6F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38496533" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместительдиректора=3балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="39B27353" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="367DD153" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13D42AB5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D771527" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C736A3B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22BF5D4F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дляпедагогов,впервыепоступающих</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="226B6D8D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E568980" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложениекдипломуоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28E5ADB9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E464ADB" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"хорошо"=0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="3548F22D" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DFF00BC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ACBEE03" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C76A807" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F19048F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DD0D0FD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EEE819B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EEEEF5A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рекомендательноеписьмос </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предыдущегоместаработы( при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F611395" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A390455" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28681C7A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D1947DE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE6D76F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательногописьма=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BE3713F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствиерекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F7C795F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="4BB41023" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A7F78D2" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="174AED47" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="307D803B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="155" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59AD1D31" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерыолимпиадиконкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6145BEC2" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="283" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов = 1 балл призерыолимпиадиконкурсов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="6AE47316" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55DBEBA0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70EB3BF4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="30" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">П о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B67EFE3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D6A8ED7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственнаянаграда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF68A7F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="238"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C2C1369" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призерконкурса"Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F184EC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59855395" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладательмедали"Қазақстанеңбексіңіргенұстазы"=10баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="21C16AB4" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59200BC6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D70A3A4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="254295F5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="067FA782" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A49CEFC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C96928F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="278138D7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="236E4F1F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59DE28E2" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AD35106" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57D834BC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C6BFD2C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75DC3189" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B654996" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17C4B9DD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="711B19DD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37BC3789" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AAB4D2C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28BC78FD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-авторскиеработы и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="617A39E1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( или</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="290B60E1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( или</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3490600C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>переченьКОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="57672FF3" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="142733AA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EF5C40B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="756EB82E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="339CA2EA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B22BB8F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E821A8B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="004105D1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5988C2B2" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EA2011A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="581133E3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2700659B" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5546B27D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="143A54AF" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="147" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическаядеятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CCF66F0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BACC2DA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DBC11D8" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03054D7C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D7A427E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5655E1AC" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37BF64AB" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4485BE26" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководствоМО=1балл лидер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59DCA353" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="212" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00729A19" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="478E569F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподаваниена2</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,русский</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A9DEBAD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="55E2EAFB" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CA770E5" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EA2BF15" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="348963D1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15C724F1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13E0E721" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="360F8B98" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="157"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D6B1F50" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="619CF26A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D0CA8BE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49B271DD" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DC71A41" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A4709D4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5250D82A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0281AE69" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="440C9BE1" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="256"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметнойподготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32C4E740" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="216"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатнацифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46E84AEE" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="588F6DA4" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,обучениепо</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программированияв</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"," Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="116E1CF9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="485A419E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="499416FA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="514240B9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75B9D31E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсыЦПМНИШ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74E524E6" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15C58744" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы=0,5балла(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="60B04C38" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5D909F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0982241E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальныйбалл–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6668D875" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F44F1B8" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62"/>
+    <w:p w14:paraId="72FA0B4A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D9001DA" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18A3FEA9" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666D539D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2D8D0C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D88C51F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32FF2635" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0169811F" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478B28C6" w14:textId="242E5E0B" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7385">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A81BB5" w14:textId="446070E1" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="008C7385" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="417DA55C" w14:textId="0F58E064" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00AF2A25" w:rsidP="00F45004">
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3BC3A7" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BCD896C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471DF76F" w14:textId="7C2CE7E4" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C7D6DAC" wp14:editId="17E9B762">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>153035</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Полилиния 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3F26F0BE" id="Полилиния 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgUEEzkQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1pUnTGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00y7aXYX4QSJM6PLyI1zf7TrOdcr4FU/LsLOVMGQlVazYl/7q6&#10;f3PJmQ/CVEKDUSV/Up7fLF++uO5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4MrDJorMF1IqDqNknl&#10;RI/onU7yNL1IenCVdSCV9/j3bjDyJeHXtZLhc117FZguOXILdDo61/FMltei2Dhhm1aONMQ/sOhE&#10;azDoAepOBMG2rv0NqmulAw91OJPQJVDXrVSUA2aTpSfZPDbCKsoFi+PtoUz+/8HKT7tH+8VF6t4+&#10;gPzmsSJJb31xsETFow9b9x+hwh6KbQBKdl+7Lt7ENNieavp0qKnaBybxZ7ZYXF2lc84k2rJ8QSVP&#10;RDHdlVsf3isgHLF78GHoSIUS1bNiRnQYdIXdqzuNzXn9hqVscZHP6Rg7eHDLJrdXCVulrGf5ZXp+&#10;6pRPToSVpbN88Uew88kvguVHYJjAZqIomom13JuRNkpMxCeQUqEs+FigFZKbKoQI6BRT/Isvxj71&#10;He6MIRzO9ulUO85wqtdDulaEyCyGiCLrS061iD862KkVkCmctA6DPFu1OfbC61i5I1aDGW/EADg3&#10;g0BBI9ej1hq4b7Wm3moTqczTyznVxoNuq2iMbLzbrG+1YzsR3yt9MRkE+8XNwdZUBNYoUb0b5SBa&#10;Pcjor7G2NMdxdOM68MUaqiccYwfDFsCthUID7gdnPW6AkvvvW+EUZ/qDwSd2lc1mcWWQMpsvclTc&#10;sWV9bBFGIlTJA8fGR/E2DGtma127aTBSRukaeIvPp27jnBO/gdWo4CunbMeNFNfIsU5ez3tz+RMA&#10;AP//AwBQSwMEFAAGAAgAAAAhAF7ZivHdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4sXRkbKk2nCgESRwZIO3qN1xYap6qzrfD0pKdxtP3p9/fn69F16kiDtJ4NzGcJKOLK&#10;25ZrAx/vzzf3oCQgW+w8k4EfElgXlxc5Ztaf+I2Om1CrGMKSoYEmhD7TWqqGHMrM98TxtveDwxDH&#10;odZ2wFMMd51Ok2SpHbYcPzTY02ND1ffm4Ay8fLb2VWhfMoav9PeplFG2lTHXV2P5ACrQGM4wTPpR&#10;HYrotPMHtqI6A6tlehdRA+liDmoCkkUay+ymzS3oItf/KxR/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOBQQTORAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAF7ZivHdAAAACgEAAA8AAAAAAAAAAAAAAAAA6wQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62E538DF" wp14:editId="6B205013">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>320040</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Полилиния 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2DFF272D" id="Полилиния 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgUEEzkQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uGH1pUnTGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00y7aXYX4QSJM6PLyI1zf7TrOdcr4FU/LsLOVMGQlVazYl/7q6&#10;f3PJmQ/CVEKDUSV/Up7fLF++uO5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4MrDJorMF1IqDqNknl&#10;RI/onU7yNL1IenCVdSCV9/j3bjDyJeHXtZLhc117FZguOXILdDo61/FMltei2Dhhm1aONMQ/sOhE&#10;azDoAepOBMG2rv0NqmulAw91OJPQJVDXrVSUA2aTpSfZPDbCKsoFi+PtoUz+/8HKT7tH+8VF6t4+&#10;gPzmsSJJb31xsETFow9b9x+hwh6KbQBKdl+7Lt7ENNieavp0qKnaBybxZ7ZYXF2lc84k2rJ8QSVP&#10;RDHdlVsf3isgHLF78GHoSIUS1bNiRnQYdIXdqzuNzXn9hqVscZHP6Rg7eHDLJrdXCVulrGf5ZXp+&#10;6pRPToSVpbN88Uew88kvguVHYJjAZqIomom13JuRNkpMxCeQUqEs+FigFZKbKoQI6BRT/Isvxj71&#10;He6MIRzO9ulUO85wqtdDulaEyCyGiCLrS061iD862KkVkCmctA6DPFu1OfbC61i5I1aDGW/EADg3&#10;g0BBI9ej1hq4b7Wm3moTqczTyznVxoNuq2iMbLzbrG+1YzsR3yt9MRkE+8XNwdZUBNYoUb0b5SBa&#10;Pcjor7G2NMdxdOM68MUaqiccYwfDFsCthUID7gdnPW6AkvvvW+EUZ/qDwSd2lc1mcWWQMpsvclTc&#10;sWV9bBFGIlTJA8fGR/E2DGtma127aTBSRukaeIvPp27jnBO/gdWo4CunbMeNFNfIsU5ez3tz+RMA&#10;AP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAM&#10;hu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX68n16kijdJ4N3C4SUMS1&#10;tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHXWuqWHMrCD8TxtvejwxDH&#10;sdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP2pjrq6l6ABVoCn8wzPpR&#10;HcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA4FBBM5ECAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAADrBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63AA3942" w14:textId="7D52B5DA" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орган, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14639450" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3D73CA" w14:textId="75E507D5" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DB18A3F" wp14:editId="47291D61">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0EC3B79A" wp14:editId="061BDC74">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>215265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Полилиния 8"/>
+                <wp:docPr id="21" name="Полилиния 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
                             <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -11051,214 +9858,206 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0DBB1F67" id="Полилиния 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nWg23FkfrQeKchGSkQ5Apf&#10;Ns5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6VMhQ1WQwj35HjW+V7i5Fl&#10;b2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk070br+7vhcQUi0hD/w3DB&#10;Z3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQC7iiBpjwIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAOkEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="46513B54" id="Полилиния 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nWg23FkfrQeKchGSkQ5Apf&#10;Ns5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6VMhQ1WQwj35HjW+V7i5Fl&#10;b2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk070br+7vhcQUi0hD/w3DB&#10;Z3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQC7iiBpjwIAAH8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAOkEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3D92B1" w14:textId="2EB82EDF" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00F45004" w:rsidP="00F45004">
+    <w:p w14:paraId="0F8FE51A" w14:textId="348CBC87" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00593481" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-[...21 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>О.кандидата</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="313142BB" w14:textId="28B94D68" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00AF2A25" w:rsidP="00F45004">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E54CC52" w14:textId="7BA9AD50" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F11696F" wp14:editId="15779C71">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05675AB4" wp14:editId="0E30A7FF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Полилиния 7"/>
+                <wp:docPr id="20" name="Полилиния 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -11274,160 +10073,180 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="29785AC9" id="Полилиния 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1aDtxosG3jjXMZwoEcemq&#10;lo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPSlw1Z9DPXE8db7QaLIcrB&#10;yGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2jejda3N+PjA4hAY/gLw4Qf&#10;0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALuKIGmPAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="243C95B4" id="Полилиния 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9T0dCkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaRNa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLitF8/irbTNMNehgWIQYnU4eEhpeubfavZTjnfgCl4Nkk5U0ZC2ZhNwX+s&#10;7s8uOfNBmFJoMKrgT8rzm+XbN9edzdUUatClcgxBjM87W/A6BJsniZe1aoWfgFUGnRW4VgRcuk1S&#10;OtEhequTaZpeJB240jqQynvcveudfEn4VaVk+FZVXgWmC47cAn0dfdfxmyyvRb5xwtaNHGiIf2DR&#10;isZg0gPUnQiCbV3zB1TbSAceqjCR0CZQVY1UVANWk6Un1TzWwiqqBcXx9iCT/3+w8uvu0X53kbq3&#10;DyB/elQk6azPD5648BjD1t0XKLGHYhuAit1Xro0nsQy2J02fDpqqfWASNy/SeTa7Qukl+rLpgiRP&#10;RD6elVsfPikgHLF78KHvSIkW6VkyI1pMukKIqtXYnPdnLGWXc/oP/TsEZWPQu4StUtaxq/Nsfho0&#10;HYMIKUtn57OIdxo2G8Mi1vQIC9lvRn6iHinLvRk4o8VEnP+UVLLgozor5DbKgwgYFOv7SyzmPo3t&#10;zwwpHA726Ug7znCk130ZVoTILKaIJusKTlLEjRZ2agXkCid9wyQvXm2Oo/D4a1a9G0/EBDg0vUFJ&#10;I9ejvhq4b7SmxmoTqSyydEHaeNBNGZ2RjXeb9a12bCfiZaVfLAbBXoU52JqSwGolyo+DHUSjexvj&#10;NWpLQxznNr4FPl9D+YQz7KB/AvDJQqMG98xZh9e/4P7XVjjFmf5s8H5dZXOcCBZoMT9fTHHhjj3r&#10;Y48wEqEKHjg2Ppq3oX9jttY1mxozZVSugQ94d6omDjnx61kNC7ziVO3wHMU35HhNUS+P5vI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjdNlRRiFMBEhckqFo4cNwmGyc0XofYbdO/xznBcXZWM2/y9Wg7caLBt441zGcKBHHp&#10;qpaNhs+Pl7sUhA/IFXaOScOFPKyL66scs8qdeUunXTAihrDPUEMTQp9J6cuGLPqZ64mjV7vBYohy&#10;MLIa8BzDbScXSq2kxZZjQ4M9PTdUHnZHq+Hp234plf7Ul8Nmvnmt3wyad6P17c34+AAi0Bj+nmHC&#10;j+hQRKa9O3LlRachTeKUoGG5WoCYfLW8T0Dsp0sCssjl/wXFLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9T0dCkAIAAHwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D9BCC6" w14:textId="6AEADE87" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00F45004" w:rsidP="00F45004">
+    <w:p w14:paraId="362F3045" w14:textId="2DF1F92D" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00593481" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-[...21 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="412BE4A7" w14:textId="2CCC4AF4" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00AF2A25" w:rsidP="00F45004">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5B8FAC" w14:textId="65501CE9" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A0672EF" wp14:editId="1412B591">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="690F5101" wp14:editId="53DD2137">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Полилиния 6"/>
+                <wp:docPr id="19" name="Полилиния 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -11443,101 +10262,101 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="72437FBA" id="Полилиния 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1aDtxosG3jjXMZwoEcemq&#10;lo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPSlw1Z9DPXE8db7QaLIcrB&#10;yGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2jejda3N+PjA4hAY/gLw4Qf&#10;0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALuKIGmPAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="44C3277B" id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9T0dCkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaRNa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLitF8/irbTNMNehgWIQYnU4eEhpeubfavZTjnfgCl4Nkk5U0ZC2ZhNwX+s&#10;7s8uOfNBmFJoMKrgT8rzm+XbN9edzdUUatClcgxBjM87W/A6BJsniZe1aoWfgFUGnRW4VgRcuk1S&#10;OtEhequTaZpeJB240jqQynvcveudfEn4VaVk+FZVXgWmC47cAn0dfdfxmyyvRb5xwtaNHGiIf2DR&#10;isZg0gPUnQiCbV3zB1TbSAceqjCR0CZQVY1UVANWk6Un1TzWwiqqBcXx9iCT/3+w8uvu0X53kbq3&#10;DyB/elQk6azPD5648BjD1t0XKLGHYhuAit1Xro0nsQy2J02fDpqqfWASNy/SeTa7Qukl+rLpgiRP&#10;RD6elVsfPikgHLF78KHvSIkW6VkyI1pMukKIqtXYnPdnLGWXc/oP/TsEZWPQu4StUtaxq/Nsfho0&#10;HYMIKUtn57OIdxo2G8Mi1vQIC9lvRn6iHinLvRk4o8VEnP+UVLLgozor5DbKgwgYFOv7SyzmPo3t&#10;zwwpHA726Ug7znCk130ZVoTILKaIJusKTlLEjRZ2agXkCid9wyQvXm2Oo/D4a1a9G0/EBDg0vUFJ&#10;I9ejvhq4b7SmxmoTqSyydEHaeNBNGZ2RjXeb9a12bCfiZaVfLAbBXoU52JqSwGolyo+DHUSjexvj&#10;NWpLQxznNr4FPl9D+YQz7KB/AvDJQqMG98xZh9e/4P7XVjjFmf5s8H5dZXOcCBZoMT9fTHHhjj3r&#10;Y48wEqEKHjg2Ppq3oX9jttY1mxozZVSugQ94d6omDjnx61kNC7ziVO3wHMU35HhNUS+P5vI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjdNlRRiFMBEhckqFo4cNwmGyc0XofYbdO/xznBcXZWM2/y9Wg7caLBt441zGcKBHHp&#10;qpaNhs+Pl7sUhA/IFXaOScOFPKyL66scs8qdeUunXTAihrDPUEMTQp9J6cuGLPqZ64mjV7vBYohy&#10;MLIa8BzDbScXSq2kxZZjQ4M9PTdUHnZHq+Hp234plf7Ul8Nmvnmt3wyad6P17c34+AAi0Bj+nmHC&#10;j+hQRKa9O3LlRachTeKUoGG5WoCYfLW8T0Dsp0sCssjl/wXFLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9T0dCkAIAAHwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="547409B9" wp14:editId="1A753CE7">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BA37440" wp14:editId="3F08DF54">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>463550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Полилиния 5"/>
+                <wp:docPr id="18" name="Полилиния 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -11553,1815 +10372,1679 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="003E2F7E" id="Полилиния 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD+uFec3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWLKC1qk0nQCJCxJMDA4cvdZNy5qkNNnW/fu5p3Gynv30/L18NdpOHGgIrXca5jMFglzp&#10;q9YZDd9fr3dLECGiq7DzjjScKMCquL7KMav80X3SYRON4BAXMtTQxNhnUoayIYth5ntyfKv9YDGy&#10;HIysBjxyuO1kotRCWmwdf2iwp5eGyt1mbzU8/9ofpZZ/9Wm3nq/f6neD5sNofXszPj2CiDTGixkm&#10;fEaHgpm2fu+qIDrWyYK7RA3pPc/JoNL0AcR22iQgi1z+r1CcAQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALuKIGmPAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="6ED87BE2" id="Полилиния 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9T0dCkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKGxnaRNa9QphnYd&#10;BnQXoNkHKLIcG5NFTVLitF8/irbTNMNehgWIQYnU4eEhpeubfavZTjnfgCl4Nkk5U0ZC2ZhNwX+s&#10;7s8uOfNBmFJoMKrgT8rzm+XbN9edzdUUatClcgxBjM87W/A6BJsniZe1aoWfgFUGnRW4VgRcuk1S&#10;OtEhequTaZpeJB240jqQynvcveudfEn4VaVk+FZVXgWmC47cAn0dfdfxmyyvRb5xwtaNHGiIf2DR&#10;isZg0gPUnQiCbV3zB1TbSAceqjCR0CZQVY1UVANWk6Un1TzWwiqqBcXx9iCT/3+w8uvu0X53kbq3&#10;DyB/elQk6azPD5648BjD1t0XKLGHYhuAit1Xro0nsQy2J02fDpqqfWASNy/SeTa7Qukl+rLpgiRP&#10;RD6elVsfPikgHLF78KHvSIkW6VkyI1pMukKIqtXYnPdnLGWXc/oP/TsEZWPQu4StUtaxq/Nsfho0&#10;HYMIKUtn57OIdxo2G8Mi1vQIC9lvRn6iHinLvRk4o8VEnP+UVLLgozor5DbKgwgYFOv7SyzmPo3t&#10;zwwpHA726Ug7znCk130ZVoTILKaIJusKTlLEjRZ2agXkCid9wyQvXm2Oo/D4a1a9G0/EBDg0vUFJ&#10;I9ejvhq4b7SmxmoTqSyydEHaeNBNGZ2RjXeb9a12bCfiZaVfLAbBXoU52JqSwGolyo+DHUSjexvj&#10;NWpLQxznNr4FPl9D+YQz7KB/AvDJQqMG98xZh9e/4P7XVjjFmf5s8H5dZXOcCBZoMT9fTHHhjj3r&#10;Y48wEqEKHjg2Ppq3oX9jttY1mxozZVSugQ94d6omDjnx61kNC7ziVO3wHMU35HhNUS+P5vI3AAAA&#10;//8DAFBLAwQUAAYACAAAACEAo7PiH98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3KjdHyBK41SAxAUJqhYOPW6TjRMar0Pstunb45zgtNqd0ew32WqwrThR7xvHGqYTBYK4&#10;cGXDRsPX5+tdAsIH5BJbx6ThQh5W+fVVhmnpzryh0zYYEUPYp6ihDqFLpfRFTRb9xHXEUatcbzHE&#10;tTey7PEcw20rZ0o9SIsNxw81dvRSU3HYHq2G52+7Uyr5qS6H9XT9Vr0bNB9G69ub4WkJItAQ/sww&#10;4kd0yCPT3h259KLVkCxilaDhcR7nqKv5/QLEfrzMQOaZ/N8g/wUAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA9T0dCkAIAAHwFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAAAAAAAAAAAAAAOoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEFA3A6" w14:textId="77777777" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00F45004" w:rsidP="00F45004">
+    <w:p w14:paraId="12A393B3" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="4365EDFF" w14:textId="63DACF31" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00F45004" w:rsidP="00F45004">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2866082E" w14:textId="59EB3633" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-[...21 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проживания,адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прописки,контактный</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="38682F8C" w14:textId="77777777" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00F45004" w:rsidP="00F45004">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D54917E" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="605E853C" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4350BB68" w14:textId="77E611B5" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00F45004" w:rsidP="0059195D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252A2F62" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
-[...21 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E687B3F" w14:textId="0243180D" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="105" w:firstLine="419"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...9 lines deleted...]
-    <w:p w14:paraId="0B326631" w14:textId="30D2AEC9" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00AF2A25" w:rsidP="00F45004">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694D0603" w14:textId="569FFC1E" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02A5E251" wp14:editId="7D68996C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18AF6969" wp14:editId="0BFF27A1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201295</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6041390" cy="1270"/>
+                <wp:extent cx="6130290" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Полилиния 4"/>
+                <wp:docPr id="17" name="Полилиния 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6041390" cy="1270"/>
+                          <a:ext cx="6130290" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9654"/>
+                            <a:gd name="T2" fmla="+- 0 10493 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="9514">
+                            <a:path w="9654">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="9513" y="0"/>
+                                <a:pt x="9653" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6B7077D5" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7iiBpjwIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pWmyGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePlO00zbCXYX4QSJM6PLyI1zf7TrOdcr4FU/LsPOVMGQlVazYl/766&#10;P3vHmQ/CVEKDUSV/Up7fLF+/uu5toXJoQFfKMQQxvuhtyZsQbJEkXjaqE/4crDJorMF1IqDqNknl&#10;RI/onU7yNJ0nPbjKOpDKe/x7Nxj5MuLXtZLha117FZguOXIL8XTxXNOZLK9FsXHCNq0caYh/YNGJ&#10;1mDQA9SdCIJtXfsHVNdKBx7qcC6hS6CuW6liDphNlp5k89gIq2IuWBxvD2Xy/w9Wftk92m+OqHv7&#10;APKHx4okvfXFwUKKRx+27j9DhT0U2wAx2X3tOrqJabB9rOnToaZqH5jEn/N0ll1cYekl2rJ8EUue&#10;iGK6K7c+fFQQccTuwYehIxVKsZ4VM6LDoCuEqDuNzXl7xlKW5fPhGDt4cMsmtzcJW6WsZ1eX2ezU&#10;KZ+cBqx0sbiIiKd+F5MfgeVHYJjAZqIomom13JuRNkpM0BNIY6EseCrQCslNFUIEdKIU/+KLsU99&#10;hztjCIezfTrVjjOc6vWQhhWBmFEIEllf8lgL+tHBTq0gmsJJ6zDIs1WbYy+8/pLVYMYbFADnZhBi&#10;UOJ61FoD963WsbfaEJVFli5ibTzotiIjsfFus77Vju0Evdf4UTII9sLNwdZUEaxRovowykG0epDR&#10;X2Nt4xzT6NI68MUaqiccYwfDFsCthUID7hdnPW6AkvufW+EUZ/qTwSd2lc1mtDKiMrtc5Ki4Y8v6&#10;2CKMRKiSB46NJ/E2DGtma127aTBSFtM18B6fT93SnEd+A6tRwVcesx03Eq2RYz16Pe/N5W8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBa7ZD73wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ2CmhLiVIDEBQkqCgeO22TjhMbrELtt+vc4J3qc2dHsm3w12k4caPCtYw3JTIEgLl3V&#10;stHw9flyswThA3KFnWPScCIPq+LyIsesckf+oMMmGBFL2GeooQmhz6T0ZUMW/cz1xPFWu8FiiHIw&#10;shrwGMttJ+dKLaTFluOHBnt6bqjcbfZWw9OP/VZq+Vufdutk/Vq/GTTvRuvrq/HxAUSgMfyHYcKP&#10;6FBEpq3bc+VFF/V8EbcEDbdJCmIKqDS9A7GdnHuQRS7PJxR/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALuKIGmPAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="1F5AF6AA" id="Полилиния 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS5jGQjwIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pVnTGHWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00zbCXYQFiUCJ1eHhI6fpm32m2U863YEqenaecKSOhas2m5N9X&#10;92dXnPkgTCU0GFXyJ+X5zfL1q+veFiqHBnSlHEMQ44velrwJwRZJ4mWjOuHPwSqDzhpcJwIu3Sap&#10;nOgRvdNJnqaXSQ+usg6k8h537wYnXxJ+XSsZvta1V4HpkiO3QF9H33X8JstrUWycsE0rRxriH1h0&#10;ojWY9AB1J4JgW9f+AdW10oGHOpxL6BKo61YqqgGrydKTah4bYRXVguJ4e5DJ/z9Y+WX3aL+5SN3b&#10;B5A/PCqS9NYXB09ceIxh6/4zVNhDsQ1Axe5r18WTWAbbk6ZPB03VPjCJm5fZRZovUHqJviyfk+SJ&#10;KKazcuvDRwWEI3YPPgwdqdAiPStmRIdJVwhRdxqb8/aMpexqRv+xf4egbAp6k7BVynq2uHw3Ow3K&#10;pyBCytLZ4iLinYZdTGERKz/CQvabiZ9oJspyb0bOaDER5z8llSz4qM4KuU3yIAIGxfr+Eou5T2OH&#10;M2MKh4N9OtKOMxzp9VCGFSEyiymiyfqSkxRxo4OdWgG5wknfMMmzV5vjKDz+ktXgxhMxAQ7NYFDS&#10;yPWorwbuW62psdpEKvMsnZM2HnRbRWdk491mfasd24l4WekXi0GwF2EOtqYisEaJ6sNoB9HqwcZ4&#10;jdrSEMe5jW+BL9ZQPeEMOxieAHyy0GjA/eKsx+tfcv9zK5ziTH8yeL8W2QwnggVazN7Nc1y4Y8/6&#10;2COMRKiSB46Nj+ZtGN6YrXXtpsFMGZVr4D3enbqNQ078BlbjAq84VTs+R/ENOV5T1POjufwNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2g2vZCfvQeFKwmAtgSJU3&#10;DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8VBadDnPfISXvy/dOxyT7&#10;mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSjRaWur4aHe2ARh/j3DBN+&#10;QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAFLmMZCPAgAAfAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAA6QQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27871E60" w14:textId="77BFAA69" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="0059195D" w:rsidP="00F45004">
+    <w:p w14:paraId="4AEC9108" w14:textId="4097B209" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00593481" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-        <w:ind w:left="539" w:right="949"/>
-[...24 lines deleted...]
-        <w:t>ілім</w:t>
+        <w:ind w:left="120" w:right="1486"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аименование</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45004" w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>беру</w:t>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45004" w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>ұйымдарының</w:t>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45004" w:rsidRPr="00097EC8">
-[...6 lines deleted...]
-        <w:t>атауы,</w:t>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F45004" w:rsidRPr="00097EC8">
-[...1023 lines deleted...]
-    <w:p w14:paraId="67DBE796" w14:textId="2646E3DB" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00AF2A25" w:rsidP="00F45004">
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>область,район</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,город\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7084C7FB" w14:textId="03677485" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59EED69E" wp14:editId="33B44850">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C6B906D" wp14:editId="32FF3380">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201930</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6396355" cy="1270"/>
+                <wp:extent cx="6130290" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Полилиния 1"/>
+                <wp:docPr id="24" name="Полилиния 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6396355" cy="1270"/>
+                          <a:ext cx="6130290" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 10073"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9654"/>
+                            <a:gd name="T2" fmla="+- 0 10493 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="10073">
+                            <a:path w="9654">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="10073" y="0"/>
+                                <a:pt x="9653" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2818E188" id="Полилиния 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIEpKokAIAAIMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1rU1Wo04xtOsw&#10;oLsAzT5AkeXYmCxqkhKn/fpRkp16GfYyzA8CaVKHhxfx+ubQS7IXxnagKpqdp5QIxaHu1Lai39f3&#10;Z+8osY6pmklQoqJPwtKb1etX14MuRQ4tyFoYgiDKloOuaOucLpPE8lb0zJ6DFgqNDZieOVTNNqkN&#10;GxC9l0mepotkAFNrA1xYi3/vopGuAn7TCO6+No0VjsiKIjcXThPOjT+T1TUrt4bptuMjDfYPLHrW&#10;KQx6hLpjjpGd6f6A6jtuwELjzjn0CTRNx0XIAbPJ0pNsHlumRcgFi2P1sUz2/8HyL/tH/c146lY/&#10;AP9hsSLJoG15tHjFog/ZDJ+hxh6ynYOQ7KExvb+JaZBDqOnTsabi4AjHn4vialFcXlLC0Zbly1Dy&#10;hJXTXb6z7qOAgMP2D9bFjtQohXrWRLEeg66xe00vsTlvz0hKsnwRj7GDR7dscnuTkHVKBpKl6bI4&#10;9conrwiWFUURIE/9isnPo+VzNExhO5Fk7cSbH9RIHCXC/CNIQ6k0WF+iNdKbaoQI6OST/IsvBj/1&#10;jXfGEAan+3SuDSU415uYh2bOM/MhvEgG7ECohv/Tw16sIdjcSfcwyotVqrlXvD/nFe14xYfA2YlC&#10;COvZztqr4L6TMvRXKk9mmaXLUB0Lsqu90dOxZru5lYbsmX+z4fPpINhvbgZ2qg5grWD1h1F2rJNR&#10;Rn+J1Q2z7MfXrwRbbqB+wlE2EDcBbi4UWjDPlAy4BSpqf+6YEZTITwqf2VV2ceHXRlAuLpc5KmZu&#10;2cwtTHGEqqij2Hov3rq4anbadNsWI2UhXQXv8Qk1nZ/1wC+yGhV86SHbcSv5VTLXg9fL7lz9AgAA&#10;//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0sDQRCE&#10;74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWuZmvYhDGN3gkoFwUwdL1X&#10;oxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659BwnnqNVqaFD+jot/fRykwy&#10;DlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFlPQlxfTXf3wHLOOc/M5zx&#10;CR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEgSkqiQAgAAgwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAA6gQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAD1BQAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="0A4922E0" id="Полилиния 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBS5jGQjwIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1pVnTGHWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePou00zbCXYQFiUCJ1eHhI6fpm32m2U863YEqenaecKSOhas2m5N9X&#10;92dXnPkgTCU0GFXyJ+X5zfL1q+veFiqHBnSlHEMQ44velrwJwRZJ4mWjOuHPwSqDzhpcJwIu3Sap&#10;nOgRvdNJnqaXSQ+usg6k8h537wYnXxJ+XSsZvta1V4HpkiO3QF9H33X8JstrUWycsE0rRxriH1h0&#10;ojWY9AB1J4JgW9f+AdW10oGHOpxL6BKo61YqqgGrydKTah4bYRXVguJ4e5DJ/z9Y+WX3aL+5SN3b&#10;B5A/PCqS9NYXB09ceIxh6/4zVNhDsQ1Axe5r18WTWAbbk6ZPB03VPjCJm5fZRZovUHqJviyfk+SJ&#10;KKazcuvDRwWEI3YPPgwdqdAiPStmRIdJVwhRdxqb8/aMpexqRv+xf4egbAp6k7BVynq2uHw3Ow3K&#10;pyBCytLZ4iLinYZdTGERKz/CQvabiZ9oJspyb0bOaDER5z8llSz4qM4KuU3yIAIGxfr+Eou5T2OH&#10;M2MKh4N9OtKOMxzp9VCGFSEyiymiyfqSkxRxo4OdWgG5wknfMMmzV5vjKDz+ktXgxhMxAQ7NYFDS&#10;yPWorwbuW62psdpEKvMsnZM2HnRbRWdk491mfasd24l4WekXi0GwF2EOtqYisEaJ6sNoB9HqwcZ4&#10;jdrSEMe5jW+BL9ZQPeEMOxieAHyy0GjA/eKsx+tfcv9zK5ziTH8yeL8W2QwnggVazN7Nc1y4Y8/6&#10;2COMRKiSB46Nj+ZtGN6YrXXtpsFMGZVr4D3enbqNQ078BlbjAq84VTs+R/ENOV5T1POjufwNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tWo3fsiEPsAimYzwQwpCaY&#10;jloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8Nha9jrPQI+XsKwxepzwO&#10;LTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2KyqNT11fj4ACzhmP6O4Yyf&#10;0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAUuYxkI8CAAB8BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAADpBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A506398" w14:textId="77777777" w:rsidR="00F45004" w:rsidRPr="00097EC8" w:rsidRDefault="00F45004" w:rsidP="00F45004">
-      <w:pPr>
+    <w:p w14:paraId="30F8CD7D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="905"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,наименованиеорганизации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,адрес(область,район,город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EFFE10" w14:textId="0F1F4389" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="21" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:высшее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="0D55F940" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38F29ADB" w14:textId="5762FBBF" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidR="00593481">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidR="00593481">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2BA4BD" w14:textId="717E6B19" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidR="00593481">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5BD70D" w14:textId="16450931" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:r w:rsidR="00593481">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidR="00593481">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w14:paraId="6D34269E" w14:textId="77777777" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3647B28A" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77992B00" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A139B28" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="001D7616">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04BA7A7B" w14:textId="340D97C4" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidR="00593481">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F97690" w14:textId="6EF299F9" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="659070AD" wp14:editId="4489A102">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>533400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6218555" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="25" name="Полилиния 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6218555" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9793"/>
+                            <a:gd name="T2" fmla="+- 0 10633 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9793"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9793">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9793" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6C1F3B1C" id="Полилиния 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBroJdhkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1JU3TGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePop3Uy7CXYQFiUOLR4eFFurndd5rtlPMtmJJn5ylnykioWrMp+bfV&#10;w9kVZz4IUwkNRpX8WXl+u3z96qa3hcqhAV0px5DE+KK3JW9CsEWSeNmoTvhzsMqgswbXiYBLt0kq&#10;J3pk73SSp+ll0oOrrAOpvMfd+8HJl8Rf10qGL3XtVWC65Kgt0NfRdx2/yfJGFBsnbNPKUYb4BxWd&#10;aA0GPVLdiyDY1rV/UHWtdOChDucSugTqupWKcsBssvQkm6dGWEW5YHG8PZbJ/z9a+Xn3ZL+6KN3b&#10;R5DfPVYk6a0vjp648Ihh6/4TVNhDsQ1Aye5r18WTmAbbU02fjzVV+8Akbl7m2dV8PudMoi/LF1Ty&#10;RBSHs3LrwwcFxCN2jz4MHanQonpWzIgOg66we3WnsTlvz1jKri7oP/bvCMoOoDcJW6WsZ9eL69kp&#10;KD+AiClLL2ezyHcKmx1gkSufcKH6zUGfaA6S5d6MmtFiIs5/SlWy4GN1VqjtUB5kQFDM7y9YjH2K&#10;Hc6MIRwO9ulIO85wpNdDGlaEqCyGiCbrS06liBsd7NQKyBVO+oZBXrzaTFF0fKpqcOOJGACHZjAo&#10;aNQ66auBh1Zraqw2UcoiSxdUGw+6raIzqvFus77Tju1EvKz0i8kg2W8wB1tTEVmjRPV+tINo9WAj&#10;XmNtaYjj3Ma3wBdrqJ5xhh0MTwA+WWg04H5y1uP1L7n/sRVOcaY/Grxf19kFTgQLtLiYL3JcuKln&#10;PfUII5Gq5IFj46N5F4Y3Zmtdu2kwUkbpGniHd6du45CTvkHVuMArTtmOz1F8Q6ZrQr08mstfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfFdra9uNDoO8caHlYKBHHt&#10;TMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS+roli37lBuLofbvRYohy&#10;bKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3vda3N/PTI4hAc/h7hgU/&#10;okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAa6CXYZACAAB8BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAADqBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D46166D" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D74292" w14:textId="06BA8844" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00593481" w:rsidP="00DB4E62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51219A81" w14:textId="2ACF4EB4" w:rsidR="00DB4E62" w:rsidRPr="00B531BC" w:rsidRDefault="00E4659E" w:rsidP="00DB4E62">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...75 lines deleted...]
-      <w:cols w:space="720"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251676672" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="713F76D5" wp14:editId="351CBEC5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>533400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6218555" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="26" name="Полилиния 26"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6218555" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9793"/>
+                            <a:gd name="T2" fmla="+- 0 10633 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9793"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9793">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9793" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="73EFDB07" id="Полилиния 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBroJdhkAIAAHwFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0uKH1JU3TGnWKoV2H&#10;Ad0FaPYBiizHxmRRk5Q43dePop3Uy7CXYQFiUOLR4eFFurndd5rtlPMtmJJn5ylnykioWrMp+bfV&#10;w9kVZz4IUwkNRpX8WXl+u3z96qa3hcqhAV0px5DE+KK3JW9CsEWSeNmoTvhzsMqgswbXiYBLt0kq&#10;J3pk73SSp+ll0oOrrAOpvMfd+8HJl8Rf10qGL3XtVWC65Kgt0NfRdx2/yfJGFBsnbNPKUYb4BxWd&#10;aA0GPVLdiyDY1rV/UHWtdOChDucSugTqupWKcsBssvQkm6dGWEW5YHG8PZbJ/z9a+Xn3ZL+6KN3b&#10;R5DfPVYk6a0vjp648Ihh6/4TVNhDsQ1Aye5r18WTmAbbU02fjzVV+8Akbl7m2dV8PudMoi/LF1Ty&#10;RBSHs3LrwwcFxCN2jz4MHanQonpWzIgOg66we3WnsTlvz1jKri7oP/bvCMoOoDcJW6WsZ9eL69kp&#10;KD+AiClLL2ezyHcKmx1gkSufcKH6zUGfaA6S5d6MmtFiIs5/SlWy4GN1VqjtUB5kQFDM7y9YjH2K&#10;Hc6MIRwO9ulIO85wpNdDGlaEqCyGiCbrS06liBsd7NQKyBVO+oZBXrzaTFF0fKpqcOOJGACHZjAo&#10;aNQ66auBh1Zraqw2UcoiSxdUGw+6raIzqvFus77Tju1EvKz0i8kg2W8wB1tTEVmjRPV+tINo9WAj&#10;XmNtaYjj3Ma3wBdrqJ5xhh0MTwA+WWg04H5y1uP1L7n/sRVOcaY/Grxf19kFTgQLtLiYL3JcuKln&#10;PfUII5Gq5IFj46N5F4Y3Zmtdu2kwUkbpGniHd6du45CTvkHVuMArTtmOz1F8Q6ZrQr08mstfAAAA&#10;//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfFdra9uNDoO8caHlYKBHHt&#10;TMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS+roli37lBuLofbvRYohy&#10;bKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3vda3N/PTI4hAc/h7hgU/&#10;okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAa6CXYZACAAB8BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAADqBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00DB4E62" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11311AF0" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62"/>
+    <w:p w14:paraId="23E31506" w14:textId="77777777" w:rsidR="00DB4E62" w:rsidRDefault="00DB4E62" w:rsidP="00DB4E62"/>
+    <w:p w14:paraId="59AA449F" w14:textId="77777777" w:rsidR="00AB7043" w:rsidRDefault="00AB7043"/>
+    <w:sectPr w:rsidR="00AB7043" w:rsidSect="00EF1D1B">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
@@ -13694,122 +12377,114 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="ED601DB6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2199" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0F742A80">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2491" w:hanging="117"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="536039996">
+  <w:num w:numId="1" w16cid:durableId="1448155429">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1244990730">
+  <w:num w:numId="2" w16cid:durableId="1136798723">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1531411329">
+  <w:num w:numId="3" w16cid:durableId="194082717">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001219AC"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00970FFE"/>
+    <w:rsidRoot w:val="00C46953"/>
+    <w:rsid w:val="00111606"/>
+    <w:rsid w:val="00286371"/>
+    <w:rsid w:val="00593481"/>
+    <w:rsid w:val="008C7385"/>
+    <w:rsid w:val="00A57203"/>
     <w:rsid w:val="00AB7043"/>
-    <w:rsid w:val="00AF2A25"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FF35DB"/>
+    <w:rsid w:val="00C46953"/>
+    <w:rsid w:val="00CA19CE"/>
+    <w:rsid w:val="00DB4E62"/>
+    <w:rsid w:val="00E4659E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7CE092BA"/>
-  <w15:docId w15:val="{A8550869-A970-43BC-A7C5-FD6355C4EBCB}"/>
+  <w14:docId w14:val="752580D7"/>
+  <w15:docId w15:val="{80731D99-E9CA-4D5A-887C-362E8263D4DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14167,263 +12842,263 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00722B94"/>
+    <w:rsid w:val="00DB4E62"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00722B94"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00722B94"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00722B94"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00722B94"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00F45004"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00EF1D1B"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00EF1D1B"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EF1D1B"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF1D1B"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF1D1B"/>
+    <w:rsid w:val="00DB4E62"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000739D4"/>
+    <w:rsid w:val="008C7385"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14672,69 +13347,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2415</Words>
-  <Characters>13769</Characters>
+  <Words>2305</Words>
+  <Characters>13145</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16152</CharactersWithSpaces>
+  <CharactersWithSpaces>15420</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>