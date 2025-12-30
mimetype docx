--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -1,9680 +1,9271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облысы</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Б</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D04F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>назначение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F05BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F05BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантные должности воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidR="002B1F93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тәрбиеші </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F05BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F05BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахским </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F05BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...63 lines deleted...]
-    <w:p w:rsidR="00C2136D" w:rsidRPr="00D3649F" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00004D0A" w:rsidRDefault="00BB5F4F" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00C2136D" w:rsidRDefault="0055623E" w:rsidP="00C2136D">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.07.2022г</w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00004D0A">
+        <w:t xml:space="preserve"> 09:00</w:t>
+      </w:r>
+      <w:r w:rsidR="004F05BF" w:rsidRPr="00004D0A">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> час.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...42 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006424F8">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мекенжайы</w:t>
+        <w:t xml:space="preserve">Дошкольная гимназия №6 </w:t>
       </w:r>
       <w:r>
+        <w:t>города Павлодара»  г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">авлодар, улица </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>Ак</w:t>
       </w:r>
       <w:r>
-        <w:t>Павлодар</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ.</w:t>
-      </w:r>
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ак. Сатпаев көшесі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00955956">
+        <w:t>241</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>676-300</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">та: </w:t>
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00555A4B">
+        <w:r w:rsidRPr="005B4A9E">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sad6@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
-      <w:pPr>
+    <w:p w:rsidR="00D04F39" w:rsidRPr="00B531BC" w:rsidRDefault="00D04F39" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объявляет открытый конкурс на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакант</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>ные</w:t>
+      </w:r>
+      <w:r w:rsidR="00672510">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мемлекеттік тілде оқытылатын 3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C2136D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C8534A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тәрбиешінің,</w:t>
+        <w:t>и 3</w:t>
       </w:r>
       <w:r w:rsidR="00672510">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(оның ішінде 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A53AEA">
+        <w:t>воспитателей  (в том числе 1 воспитатель</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тәрбиеші декреттік демалыс кезеніне</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C2136D">
+        <w:t xml:space="preserve"> на период декретного отпуска) с казахским языком обучения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00B531BC" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года № 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...5 lines deleted...]
-          <w:i/>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...156 lines deleted...]
-    <w:p w:rsidR="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...93 lines deleted...]
-      </w:pPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...20 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a3"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение 7рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...35 lines deleted...]
-    <w:p w:rsidR="00C2136D" w:rsidRPr="009144D3" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00D3649F" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rStyle w:val="a3"/>
+        <w:t>Дошкольная гимназия</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009144D3">
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>241</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эл. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E44D0A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>очта</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C2136D" w:rsidRPr="006424F8" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+        <w:t xml:space="preserve"> sad6@goo.edu.kz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00234522" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00234522" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00234522" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00234522" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>утверждёнными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00234522" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00234522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-          <w:b/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Бос лауазымға орналасуға құжаттар «Павлодар қаласы № 6 мектепке дейінгі гимназиясы» КМҚК Ак. Сатпаев көшесі, 241</w:t>
+        <w:t>Дошкольная гимназия</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...13 lines deleted...]
-    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00C2136D">
+        <w:t>с казахским языком обучения.Реализуеттиповую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00124F76" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...80 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональноеобразование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="004F05BF" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...149 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRDefault="00554BAF" w:rsidP="003200E5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>здоровьесберегающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>игровая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает индивидуальный подход к каждому ребенку с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>особыми</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Внедряет концепцию «Образование, основанное на ценностях»; в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="00040F82" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00040F82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="001315D5" w:rsidRDefault="00A53AEA" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная плата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F73DDB">
+        <w:t xml:space="preserve"> воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: сред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нее-специальное образование – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Лауазымдық жалақының мөлшері</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>92</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...476 lines deleted...]
-    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="003200E5">
+        </w:rPr>
+        <w:t>000–120000 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A53AEA" w:rsidRPr="008F5FA7" w:rsidRDefault="00A53AEA" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заработная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> плата </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование – 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0000–130000 тенге (без квалификационной категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001315D5">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...320 lines deleted...]
-    <w:p w:rsidR="00D04F39" w:rsidRPr="00460AA6" w:rsidRDefault="00D04F39" w:rsidP="00D04F39">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00460AA6">
+      <w:r>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00A53AEA" w:rsidRPr="00672510" w:rsidRDefault="00A53AEA" w:rsidP="00A53AEA">
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>муз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уководителя</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00672510">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00194DDD" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a3"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r>
         <w:t>8(7182</w:t>
       </w:r>
-      <w:r w:rsidRPr="00672510">
+      <w:r w:rsidRPr="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a3"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+        </w:rPr>
+        <w:t> 676-300</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00672510">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a3"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="005B4A9E">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>sad6@goo.edu.kz</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>sad6@goo.edu.kz)</w:t>
-[...4 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...148 lines deleted...]
-    <w:p w:rsidR="00554BAF" w:rsidRPr="005F4582" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобожденияотдолжностей первых руководителей ипедагоговгосударственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочныйлисткандидатанавакантнуюиливременновакантнуюдолжность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="Группа 10" o:spid="_x0000_s1039" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAmMtcBiAIAAIAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNFu2yAUfZ+0f0B+T22nTppYTaopTvrS&#10;bZXafQDB2EbDgIDGiaZJk/YJ+5H9wX6h/aNdwE7X9qXqEgmDuff43HMunF/sW452VBsmxSJKT5II&#10;UUFkyUS9iL7cbkazCBmLRYm5FHQRHaiJLpbv3513Kqdj2UheUo0ARJi8U4uosVblcWxIQ1tsTqSi&#10;AjYrqVtsYanruNS4A/SWx+Mkmcad1KXSklBj4G0RNqOlx68qSuznqjLUIr6IgJv1o/bj1o3x8hzn&#10;tcaqYaSngd/AosVMwEePUAW2GN1p9gKqZURLIyt7QmQby6pihPoaoJo0eVbNpZZ3ytdS512tjjKB&#10;tM90ejMs+bS71oiV4B3II3ALHt3/evjx8PP+D/x/I3gNGnWqziH0Uqsbda1DoTC9kuSrge34+b5b&#10;1yEYbbuPsgRYfGel12hf6dZBQPVo7604HK2ge4sIvEzPzubzZBIhAnuTZNY7RRqw80USadZ92niW&#10;nIacmaMd4zx8zBPsCblqoNnMo57m//S8abCi3ibjRBr0TAc9r5igaBpk9BErETQke9FriIRcNVjU&#10;1GPdHhTolfoKHFcADSluYcCAV2qaOQScD5o+iuPVPIqDc6WNvaSyRW6yiDgQ9k7h3ZWxQcchxAEK&#10;uWGce2wuUOcNmvgEIzkr3aYLM7rerrhGO+wOn//1pjwJgyYXpQdrKC7X/dxixsMceHLR1wF0hor8&#10;6fo2T+br2XqWjbLxdD3KkqIYfdisstF0k55NitNitSrS745amuUNK0sqHLvhpKfZ65zv75xwRo9n&#10;/ShD/BTd9x2IPjw9aejA4F1ov60sD9faSds3o5/5Y+7T+ivJ3SP/rn3U48W5/AsAAP//AwBQSwME&#10;FAAGAAgAAAAhAMMac9LaAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Mygre6&#10;idIS0mxEpPUkhaogvY3ZMQlmZ0N2TeK/77aXehl4vMd732Sr0TSip87VlhXE8wgEcWF1zaWC4+Hj&#10;OQHhPLLGxjIpuJODVT55yjDVduAv6ve+FKGEXYoKKu/bVEpXVGTQzW1LHLyL7Qz6ILtS6g6HUG4a&#10;uYiiV2mw5rBQYUubiorr/mYUbAcc1sv4vd9dL5v79+Hl87SLSanZdFy/gfA0+v8w/OIHdMgD09ne&#10;WDvRKAiP+L8bvEUSLUGcFSQg80w+ouc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACYy&#10;1wGIAgAAgAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMMac9LaAAAAAgEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;">
+            <v:line id="Line 6" o:spid="_x0000_s1040" style="position:absolute;visibility:visible" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAQw4KDMMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+C/6HZQq9mY2F+oiuYh+C&#10;h0JbFb0O2WkSzc6G3a2J/94tCL3Nx/ec+bIztbiQ85VlBcMkBUGcW11xoWC/Ww8mIHxA1lhbJgVX&#10;8rBc9HtzzLRt+Zsu21CIGMI+QwVlCE0mpc9LMugT2xBH7sc6gyFCV0jtsI3hppZPaTqSBiuODSU2&#10;9FpSft7+GgXdhz1MXpq6fZ621ebteHLvX59jpR4futUMRKAu/Ivv7o2O84fw90s8QC5uAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAEMOCgzDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00357572">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...6698 lines deleted...]
-        </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYBL7VEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinULsJIkAJqtPu6+7H7tntw3++7h59fEDghU1WpR7DhtrxRVqsur2XyQYPDO/LY&#10;hYYYtKzeSAqAZG2ky842VYXdCbrR1hXhbl8EtjUogZdBvz8c+l2MEvAFYd/VyCOjdm+y1uYVkw6H&#10;bK61qUtIwXIFoI2KBZQ7LThU82UH+ajfC7vu0ZR8Hxa0YS88tPBRhcKBf34aFLZBDivwo7D/W7Dz&#10;Ns6ChQdgIGDVUiRZyzrZioY2WIjYnvFdokqpbYIWQK7NECBAkJX4h1g4+zS23tMcoaAZTttAYQRt&#10;sKzllsRYZvYIa6Iqxi4X9kUhN2whncuclA4OefRycRgF2yFzB6xqN+ywB8C9qQ13qOV6UFoh5znn&#10;rrZcWCpdf9B1udGS59Q6LRutVssJV2hDbIO7jxUDYEdhSq4FdWAZI3TW2IbkvLYhnrvcwi1sUmDv&#10;o+vgT0N/OBvMBlEnCnuzTuRPp52r+STq9OZBvzs9n04m0+CzpRZEoyynlAnLrp0mQfR33drMtXoO&#10;7OfJkYojsXP3eSrWO6bhcgFa2t86122L1j29lPQO2lXJejzCOAcjk+oeowpGY4z1xzVRDCP+WsDs&#10;GQZRZGepW0TdfggLdehZHnqISAAqxgbDBbfmxNTzd12qfJXBSYErq5BXMCbS3Pazmyc1q2YB488p&#10;aEa1na+Haxf1+Icy/gUAAP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3F&#10;evK9OtIoXWAL14sMFHEdXMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1&#10;lrolj7IIA3G67cPoMaZxbLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSj&#10;tvbyYqruQUWa4h8Ms35ShzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGAS+1RIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+          <v:shape id="Полилиния 13" o:spid="_x0000_s1038" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh7EHlFgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYCbOE1EYgfbbbqLOANH4BorIThDuRHjSdJtuyAhRKWmdmb8zXzfeKYXl9siJxuudCZFSL0z&#10;lxIuIhlnYhXS94t5Z0CJNkzELJeCh/SOa3o5fv7soipH3JepzGOuCIAIParKkKbGlCPH0VHKC6bP&#10;ZMkFGBOpCmZgq1ZOrFgF6EXu+K7bcyqp4lLJiGsNb6e1kY4RP0l4ZN4lieaG5CGF3Aw+FT6X9umM&#10;L9hopViZZlGTBvuHLAqWCQi6h5oyw8haZU+giixSUsvEnEWycGSSZBFHDsDGc0/Y3Kas5MgFxNHl&#10;Xib9/2Cjt5sbRbIYandOiWAF1Gj3dfdj9233gN/vu4efXwgYQamq1CM4cFveKMtVl9cy+qDB4BxZ&#10;7EaDD1lWb2QMgGxtJKqzTVRhTwJvssUi3O2LwLeGRPDS6/eHQ7dLSQQ2z+9jjRw2as9Ga21ecYk4&#10;bHOtTV3CGFZYgLhhsYByJ0UO1XzZIS7p9/wuPpqS79281u2FQxYuqYg/cJEtFHPv5LdOiOW5gd//&#10;LRhoWMe0YP4BGBBYtSmytM062oombVgRZnvGRaFKqa1AC0iuVQgQwMlS/IMvxD71rc80IRQ0w2kb&#10;KEqgDZa1JiUzNjMbwi5JFVLUwr4o5IYvJJrMSekgyKM1F4decByUO8iqNsMJGwDuTb3AoDbXg9IK&#10;Oc/yHGubC5tK1x10URst8yy2RpuNVqvlJFdkw2yD48eSAbAjNyXXIkawlLN41qwNy/J6Df45agu3&#10;sJHA3kfs4E9DdzgbzAZBJ/B7s07gTqedq/kk6PTmXr87PZ9OJlPvs03NC0ZpFsdc2OzaaeIFf9et&#10;zVyr58B+nhyxOCI7x89Tss5xGqgFcGl/a63bFq17einjO2hXJevxCOMcFqlU95RUMBpDqj+umeKU&#10;5K8FzJ6hFwR2luIm6PZ92KhDy/LQwkQEUCE1FC64XU5MPX/XpcpWKUTysKxCXsGYSDLbzzhP6qya&#10;DYw/ZNCMajtfD/fo9fiHMv4FAAD//wMAUEsDBBQABgAIAAAAIQC6GNIY3QAAAAoBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWEoYYypNpwoBEkcGSDt6jdcWGqdqsq3w6/FOcLP9&#10;np6/V6wm36sDjbELbOF6loEiroPruLHw/vZ0tQQVE7LDPjBZ+KYIq/L8rMDchSO/0mGdGiUhHHO0&#10;0KY05FrHuiWPcRYGYtF2YfSYZB0b7UY8SrjvtcmyhfbYsXxocaCHluqv9d5beP7o3EukXcWYPs3P&#10;YxWnuKmtvbyYqntQiab0Z4YTvqBDKUzbsGcXVW/hbmFuxWrB3EiFkyGbG5m2cplnoMtC/69Q/gIA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAh7EHlFgMAAJgGAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6GNIY3QAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AHAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAegYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00554BAF">
-[...6 lines deleted...]
-    <w:p w:rsidR="00554BAF" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="8072" w:right="790" w:hanging="1200"/>
-[...3 lines deleted...]
-          <w:spacing w:val="-13"/>
+        <w:ind w:hanging="244"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F96347">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Конкурс</w:t>
-[...348 lines deleted...]
-        <w:t>кейінгі</w:t>
+        <w:t>(фамилия,имя,отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="10086" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3424"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4493"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidTr="00E8097B">
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="306" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
-[...20 lines deleted...]
-              <w:t>атауы</w:t>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
-[...20 lines deleted...]
-              <w:t>мамандығы</w:t>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающийдокумент</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-вобаллов (от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidTr="00E8097B">
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническоеипрофессиональное= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшееочное=5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломовысшемобразованиис отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическаястепень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистрилиспециалистсвысшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор=10баллов Докторнаук=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидатнаук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="002C4C62">
+        <w:trPr>
+          <w:trHeight w:val="10049"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="002C4C62" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="002C4C62" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=6баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от70до80баллов=6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от80до90баллов=7баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=3балла от60до70баллов=4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=7баллов от80до90баллов=8баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от30до40баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от50до60баллов=0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от60до70баллов=5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от70до80баллов=8баллов от 80 до90 баллов = 9 баллов По методике и педагогике</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>т30до40баллов=0баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от40до50баллов=4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от50до60баллов=5баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сквалификационнойкатегорией" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение,иной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2категория=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор=3балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер=10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогическойдеятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от1 до3 лет =1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от3 до5 лет =1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от5до10лет=2балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опытадминистративнойи методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместительдиректора=3балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дляпедагогов,впервыепоступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложениекдипломуоб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"=0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательноеписьмос предыдущегоместаработ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ы(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательногописьма=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствиерекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призерыолимпиадиконкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научных проектов = 1 балл призерыолимпиадиконкурсов=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственнаянаграда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призерконкурса"Лучший</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладательмедали</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстанеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"=10баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторскиеработы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> переченьКОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическаядеятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководствоМО=1балл лидер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества=1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподаваниена2языках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">усский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметнойподготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатнацифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучениепо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программированияв</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"," Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсыЦПМНИШ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">=0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы=0,5балла(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальныйбалл–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобожденияотдолжностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ипедагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00357572">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 23" o:spid="_x0000_s1037" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00357572">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 24" o:spid="_x0000_s1036" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOg+x/EwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMwwgjQQqo0e7r7sfu2+7Bfb/vHn5+QeCETFWlHsGG2/JGWa26vJbJBw0O78hj&#10;Fxpi0LJ6IykAkrWRLjvbVBV2J+hGW1eEu30R2NagBF4G/f5w6HcxSsAXhH1XI4+M2r3JWptXTDoc&#10;srnWpi4hBcsVgDYqFlDutOBQzZcd5KN+L+y6R1PyfVjQhr3w0MJHFQoH/vlpUNgGOazAj8L+b8HO&#10;2zgLFh6AgYBVS5FkLetkKxraYCFie8Z3iSqltglaALk2Q4AAQVbiH2Lh7NPYek9zhIJmOG0DhRG0&#10;wbKWWxJjmdkjrIkquBQ2F/ZFITdsIZ3LnJQODnn0cnEYBdshcwesajfssAfAvakNd6jlelBaIec5&#10;5662XFgqXX/QdVS05Dm1TstGq9VywhXaENvg7mPFANhRmJJrQR1YxgidNbYhOa9tiOcut3ALmxTY&#10;++g6+NPQH84Gs0HUicLerBP502nnaj6JOr150O9Oz6eTyTT4bKkF0SjLKWXCsmunSRD9Xbc2c62e&#10;A/t5cqTiSOzcfZ6K9Y5puFyAlva3znXbonVPLyW9g3ZVsh6PMM7ByKS6x6iC0Rhj/XFNFMOIvxYw&#10;e4ZBFNlZ6hZRtx/CQh16loceIhKAirHBcMGtOTH1/F2XKl9lcFLgyirkFYyJNLf97OZJzapZwPhz&#10;CppRbefr4dpFPf6hjH8BAAD//wMAUEsDBBQABgAIAAAAIQAQsddv3AAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLKXaCipNpwrBJI4MkDh6jdcWGqeqs63j6UlPcLT96ff3&#10;F+vJ9epIo3SeDdwuElDEtbcdNwbe355v7kFJQLbYeyYDZxJYl5cXBebWn/iVjtvQqBjCkqOBNoQh&#10;11rqlhzKwg/E8bb3o8MQx7HRdsRTDHe9TpMk0w47jh9aHOixpfp7e3AGNh+dfRHaV4zhK/15qmSS&#10;z9qY66upegAVaAp/MMz6UR3K6LTzB7aiegN3WbqKqIFVsgQ1A8kyjWV28yYDXRb6f4XyFwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE6D7H8TAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAAAAAAAAAAAAAAAAbQUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(государственныйорган, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00357572">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 25" o:spid="_x0000_s1035" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251645952;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaKgghEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaCMcOttt0QZyBI3CNlRCcodyIsZN0266QEKJS03Fm/PzejGd6ebUrONoypXMpYhx0&#10;fYyYoDLJxTrG75eLzgVG2hCREC4Fi/E90/hq8vzZZVWOWSgzyROmEIAIPa7KGGfGlGPP0zRjBdFd&#10;WTIBzlSqghhYqrWXKFIBesG90PcHXiVVUipJmdbwdlY78cThpymj5l2aamYQjzFwM+6p3HNln97k&#10;kozXipRZThsa5B9YFCQXcOgBakYMQRuVP4EqcqqklqnpUll4Mk1zypwGUBP4Z2ruMlIypwWSo8tD&#10;mvT/g6Vvt7cK5UmMwz5GghRQo/23/c/99/2D+/7YP/z6isAJmapKPYYNd+Wtslp1eSPpBw0O78Rj&#10;Fxpi0Kp6IxMAJBsjXXZ2qSrsTtCNdq4I94cisJ1BFF4O/CjojaBWFHxBOHQ18si43Us32rxi0uGQ&#10;7Y02dQkTsFwBkkbFEiDSgkM1X3aQj4JwUD+akh/CgjbshYeWPqrQqB9E50FhG1Rj+cNhzyGex/Xa&#10;OAsWHoGBgHVLkWQta7oTDW2wELE947tElVLbBC2BXJshQIAgK/EPsXD2eWy9pzlCQTOct4HCCNpg&#10;VcsoibHM7BHWRFWMXS7si0Ju2VI6lzkrHRzy6OXiOAq2n7Kq3bDDHgD3pjbcoZbrUWmFXOScu9py&#10;YakMA3/ocqMlzxPrtGy0Wq+mXKEtsQ3uPlYMgJ2EKbkRiQPLGEnmjW1Izmsb4rnLLdzCJgX2ProO&#10;/jzyR/OL+UXUicLBvBP5s1nnejGNOoNFMOzPerPpdBZ8sdSCaJzlScKEZddOkyD6u25t5lo9Bw7z&#10;5ETFidiF+zwV653ScLkALe1vneu2ReueXsnkHtpVyXo8wjgHI5PqE0YVjMYY648bohhG/LWA2TMK&#10;osjOUreI+sMQFurYszr2EEEBKsYGwwW35tTU83dTqnydwUmBK6uQ1zAm0tz2s5snNatmAePPKWhG&#10;tZ2vx2sX9fiHMvkNAAD//wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nW&#10;g23FkfrQeKchGSkQ5ApfNs5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6V&#10;MhQ1WQwj35HjW+V7i5Flb2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk0&#10;70br+7vhcQUi0hD/w3DBZ3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAaKgghEAMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.кандидата(приегоналичии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 26" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251644928;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhfqJtDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIc9jESpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNn3o6A7glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqNeEJ0bha2RQwr8bq9r8c7Nuq2Z&#10;xQqPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KoPAH7jcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvmj+XA+jDpR2J93In8261wvplGnvwgGvVl3Np3Ogi+WWhCN04wxLiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIII&#10;bj4ybhH1BiEs1LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAYX6ibQ8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 27" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251643904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqhwCZDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcDjASpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNn3o6A7glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqNeEJ0bha2RQwr8bq9r8c7Nuq2Z&#10;xQqPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KoPAH7jcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvmj+XA+jDpR2J93In8261wvplGnvwgGvVl3Np3Ogi+WWhCN04wxLiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIII&#10;bj4ybhH1BiEs1LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAKocAmQ8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 28" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251642880;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEsCzzDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMC1nSYisYPtNl0QZ+AIXGMlBGcoN2LsJN22KySEiJR07Bl/882MZ3p5tStytOVKZ1LEOLjw&#10;MeKCSpaJdYzfLxedIUbaEMFILgWP8T3X+Gry/NllVY55KFOZM64QgAg9rsoYp8aUY8/TNOUF0Rey&#10;5AKUiVQFMbBUa48pUgF6kXuh7/e9SipWKkm51rA7q5V44vCThFPzLkk0NyiPMXAz7qvcd2W/3uSS&#10;jNeKlGlGGxrkH1gUJBPg9AA1I4agjcqeQBUZVVLLxFxQWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcQqUEKaBG+2/7n/vv+wf3/tg//PqKQAmZqko9hgN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobPb9KOiOoFYUdEE4cDXyyLg9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPhpF7m4IfjILW6IWHlj6q0KgXROdGYWvkkAK/2+tavHOzbmtm&#10;scIjLGC/bvmRtKVMd6LhDBIitmF8l6VSapudJXBr0wMIYGTj+4Mt+D63rc80LhR0wnkPKIygB1Z1&#10;GCUxlpl1YUVUxdilwm4UcsuX0qnMWd3AyaM2F8dWcPyUVa2GE9YBXJpacE4t16O6CrnI8twVNheW&#10;yiDwBy43WuYZs0rLRqv1aportCW2u91jgwGwEzMlN4I5sJQTNm9kQ7K8lsE+d7mFK9ikwF5G176f&#10;R/5oPpwPo04U9uedyJ/NOteLadTpL4JBb9adTaez4IulFkTjNGOMC8uuHSVB9Het2gy1eggchslJ&#10;FCfBLtzzNFjvlIbLBcTS/ta5bvuzbuiVZPfQq0rWsxFmOQipVJ8wqmAuxlh/3BDFMcpfCxg8oyCC&#10;m4+MW0S9QQgLdaxZHWuIoAAVY4PhgltxaurhuylVtk7BU+DKKuQ1zIgks83shknNqlnA7HMRNHPa&#10;DtfjtbN6/DeZ/AYAAP//AwBQSwMEFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyo3R8gSuNUgMQFCaoWDj1uk40TGq9D7Lbp2+Oc4LTandHsN9lq&#10;sK04Ue8bxxqmEwWCuHBlw0bD1+frXQLCB+QSW8ek4UIeVvn1VYZp6c68odM2GBFD2KeooQ6hS6X0&#10;RU0W/cR1xFGrXG8xxLU3suzxHMNtK2dKPUiLDccPNXb0UlNx2B6thudvu1Mq+akuh/V0/Va9GzQf&#10;Ruvbm+FpCSLQEP7MMOJHdMgj094dufSi1ZAsYpWg4XEe56ir+f0CxH68zEDmmfzfIP8FAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEARLAs8w8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAo7PiH98AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическоеместопроживания,адреспрописки,контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="419"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошудопуститьменякконкурсуназанятиевакантной/временновакантной должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 29" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251641856;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZ20OzEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu7TQRiR1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq12Roy1XOpMixkHX&#10;x4gLKlkm1jF+v1x0hhhpQwQjuRQ8xvdc46vJ82eXVTnmoUxlzrhCACL0uCpjnBpTjj1P05QXRHdl&#10;yQUoE6kKYmCp1h5TpAL0IvdC3+97lVSsVJJyrWF3VivxxOEnCafmXZJoblAeY+Bm3Fe578p+vckl&#10;Ga8VKdOMNjTIP7AoSCbA6QFqRgxBG5U9gSoyqqSWielSWXgySTLKXQwQTeCfRXOXkpK7WCA5ujyk&#10;Sf8/WPp2e6tQxmIcjjASpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisNkPen44glpR0AXhwNXII+P2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GkbubQp+MApaoxceWvqoQqP+RXRuFLZGDinwo1HP4p2b9Voz&#10;ixUeYQH7dcuPpC1luhMNZ5AQsQ3juyyVUtvsLIFbmx5AACMb3x9swfe5bX2mcaGgE857QGEEPbCq&#10;wyiJscysCyuiKsYuFXajkFu+lE5lzuoGTh61uTi2guOnrGo1nLAO4NLUgnNquR7VVchFlueusLmw&#10;VAaBP3C50TLPmFVaNlqtV9NcoS2x3e0eGwyAnZgpuRHMgaWcsHkjG5LltQz2ucstXMEmBfYyuvb9&#10;PPJH8+F8GHWisD/vRP5s1rleTKNOfxEMLma92XQ6C75YakE0TjPGuLDs2lESRH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMwoi&#10;uPnIuEV0MQhhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABnbQ7MQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименованиеорганизацийобразования,адрес(область,район,город\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 30" o:spid="_x0000_s1030" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvy8huDwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnsS4B+kRpIAa7b/tf+6/7x/c+2P/8OsrAiVkqir1GA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbmQAg2RjpsrNLVWFPQtxo54pwfygC2xlEYbMf9PxwBGQo6IJw4Dx7ZNyepRttXjHpcMj2&#10;Rpu6hAlIrgBJE8USINKCQzVfdpCPhpF7m4IfjILW6IWHlj6q0Kh/EZ0bha2RQwr8aNSzeOdmvdbM&#10;YoVHWMB+3fIjWUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYtpVOZs7qBk0ctF8dWcPyUVa2GE9YBXJpacE4t16O6CrnIOXeF5cJS&#10;GQT+wOVGS54nVmnZaLVeTblCW2K72z02GAA7MVNyIxIHljGSzBvZkJzXMthzl1u4gk0K7GV07ft5&#10;5I/mw/kw6kRhf96J/Nmsc72YRp3+IhhczHqz6XQWfLHUgmic5UnChGXXjpIg+rtWbYZaPQQOw+Qk&#10;ipNgF+55Gqx3SsPlAmJpf+tct/1ZN/RKJvfQq0rWsxFmOQiZVJ8wqmAuxlh/3BDFMOKvBQyeURDB&#10;zUfGLaKLQQgLdaxZHWuIoAAVY4PhgltxaurhuylVvs7AU+DKKuQ1zIg0t83shknNqlnA7HMRNHPa&#10;DtfjtbN6/DeZ/AYAAP//AwBQSwMEFAAGAAgAAAAhAKSEmgzeAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJC6IJRvVFErTCU0CcUJigLZj1pimInFKk23t25Od4Gj/1u/vq1aj&#10;d+yIQ+wCKZjPBDCkJpiOWgUf70+3ElhMmox2gVDBhBFW9eVFpUsTTvSGx01qWS6hWGoFNqW+5Dw2&#10;Fr2Os9Aj5ewrDF6nPA4tN4M+5XLv+EKIJfe6o/zB6h7XFpvvzcEr+PzZObm0r+uXZ9nK6WaLYrKo&#10;1PXV+PgALOGY/o7hjJ/Roc5M+3AgE5lTIIuskhTczbPBORfFfQFsnzcLAbyu+H+D+hcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDvy8huDwMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAAAAAAAAAAAAAAGkFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,наименованиеорганизации,адрес(область,район,город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:высшееили</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3424" w:type="dxa"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименованиеучебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальностьпо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidTr="001D7616">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2169" w:type="dxa"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4493" w:type="dxa"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00E8097B">
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00554BAF" w:rsidRPr="00F96347" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
-[...12 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличиеквалификационнойкатегории(датаприсвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-[...83 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="Полилиния 22" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5jSn9EQMAAJwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLutNl2t+oGQ&#10;FlhpywHcxGkiEjvYbtMFcQaOwDVWQnCGciPGdtJNu0JCiEpNx5nx83sznunl1b4s0I4KmXMWYa/v&#10;YkRZzJOcbSL8frXsXWAkFWEJKTijEb6nEl9Nnz+7rKsJ9XnGi4QKBCBMTuoqwplS1cRxZJzRksg+&#10;rygDZ8pFSRQsxcZJBKkBvSwc33WHTs1FUgkeUynh7dw68dTgpymN1bs0lVShIsLATZmnMM+1fjrT&#10;SzLZCFJledzQIP/AoiQ5g0OPUHOiCNqK/AlUmceCS56qfsxLh6dpHlOjAdR47pmau4xU1GiB5Mjq&#10;mCb5/2Djt7tbgfIkwr6PESMl1Ojw7fDz8P3wYL4/Dg+/viJwQqbqSk5gw111K7RWWd3w+IMEh3Pi&#10;0QsJMWhdv+EJAJKt4iY7+1SUeifoRntThPtjEeheoRheDoPxMBgMMIrB5/kjUyOHTNq98VaqV5Qb&#10;HLK7kcqWMAHLFCBpVKyg3GlZQDVf9pCLPH9oH03Jj2FeG/bCQSsX1chz3VFwHgXJ6YJ5QRAYyPO4&#10;oI3TaH4XDSRsWpIka3nHe9YQBwsR3TWuSVXFpU7RCui1OQIECNIi/xALh5/H2j3NEQLa4bwRBEbQ&#10;CGuroyJKM9NHaBPVUAGTDf2m5Du64sanzqoHpzx6C9aNsvu7vKwftugj4O5Ywxyr2XbKy/gyLwpT&#10;34JpMiPPHZnsSF7kiXZqOlJs1rNCoB3RTW4+Wg6AnYQJvmWJAcsoSRaNrUheWBviC5NduIlNEvSd&#10;NF38eeyOFxeLi7AX+sNFL3Tn8971chb2hktvNJgH89ls7n3R1LxwkuVJQplm104UL/y7jm1mm50F&#10;x5lyouJE7NJ8nop1TmmYXICW9tfmum1T29drntxDywpuRySMdDAyLj5hVMN4jLD8uCWCYlS8ZjB/&#10;xl4Y6nlqFuFg5MNCdD3rroewGKAirDBccW3OlJ3B20rkmwxO8kxZGb+GUZHmuqfNTLGsmgWMQKOg&#10;Gdd6xnbXJurxT2X6GwAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHmNKf0RAwAAnAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+          <v:shape id="Полилиния 31" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc82jLEgMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIUanpODP+/H0znunl1a7IyZYrnUkRUu/C&#10;pYSLSMaZWIf0/XLRGVKiDRMxy6XgIb3nml5Nnj+7rMox92Uq85grAiBCj6sypKkx5dhxdJTygukL&#10;WXIBzkSqghlYqrUTK1YBepE7vuv2nUqquFQy4lrD21ntpBPETxIemXdJorkheUiBm8GnwufKPp3J&#10;JRuvFSvTLGposH9gUbBMwKEHqBkzjGxU9gSqyCIltUzMRSQLRyZJFnHUAGo890zNXcpKjlogObo8&#10;pEn/P9jo7fZWkSwOadejRLACarT/tv+5/75/wO+P/cOvrwSckKmq1GPYcFfeKqtVlzcy+qDB4Zx4&#10;7EJDDFlVb2QMgGxjJGZnl6jC7gTdZIdFuD8Uge8MieBl3/eGvV6Pkgh8nj/AGjls3O6NNtq84hJx&#10;2PZGm7qEMVhYgLhRsYRyJ0UO1XzZIS4ZBvhtCn4IAtF10AuHLF1SkdFg1D0P8tsgRPLcfrdr8c7D&#10;um2YxfKPsID9uuXH0pZytBMNZ7AIsw3jYpZKqW12lsCtTQ8gQJDV94dYOPs8tt7THKGgE857QFEC&#10;PbCqZZTMWGb2CGuSKqSYCvuikFu+lOgyZ3WDQx69uTiOwu3HrGo37LAHwKWpDTzUcj2qq5CLLM+x&#10;sLmwVAaeO8DcaJlnsXVaNlqtV9NckS2z3Y0fKwbATsKU3IgYwVLO4nljG5bltQ3xOeYWrmCTAnsZ&#10;sX0/j9zRfDgfBp3A7887gTubda4X06DTX3iD3qw7m05n3hdLzQvGaRbHXFh27Sjxgr9r1Wao1UPg&#10;MExOVJyIXeDnqVjnlAbmArS0v3Wu2/6sG3ol43voVSXr2QizHIxUqk+UVDAXQ6o/bpjilOSvBQye&#10;kRfAzScGF0Fv4MNCHXtWxx4mIoAKqaFwwa05NfXw3ZQqW6dwkodlFfIaZkSS2WbGYVKzahYw+1BB&#10;M6ftcD1eY9Tjv8nkNwAAAP//AwBQSwMEFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtWmqKApxKgRC4ggpEj1u4yWJGq/T2G3C3+Oc4Dg7q5k3&#10;xXa2vbjQ6DvHGh5WCgRx7UzHjYbP3et9BsIHZIO9Y9LwQx625fVVgblxE3/QpQqNiCHsc9TQhjDk&#10;Uvq6JYt+5Qbi6H270WKIcmykGXGK4baXa6VSabHj2NDiQM8t1cfqbDUowq/67jTNL8dmeq/83p2y&#10;t73Wtzfz0yOIQHP4e4YFP6JDGZkO7szGi15DtolTgoYkXYNYfJUmCYjDctmALAv5f0H5CwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzzaMsSAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIffMGXdAAAACQEAAA8AAAAAAAAAAAAAAAAAbAUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidRDefault="003200E5" w:rsidP="003200E5">
-[...15 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="003200E5" w:rsidRPr="003F6B23" w:rsidSect="000554AB">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атакжедополнительныесведения(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRPr="00B531BC" w:rsidRDefault="00357572" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 32" o:spid="_x0000_s1028" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA/v4NEQMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPqKNl2t+kBI&#10;C6y05QCu4zQRiR1st+mCOANH4BorIThDuRFjJ+mmXSEhRKSkY8/4m29mPNPLq32Rox2TKhM8wt6F&#10;ixHjVMQZ30T4/WrZG2OkNOExyQVnEb5nCl9Nnz+7rMqQ+SIVecwkAhCuwqqMcKp1GTqOoikriLoQ&#10;JeOgTIQsiIal3DixJBWgF7nju+7QqYSMSykoUwp257USTy1+kjCq3yWJYhrlEQZu2n6l/a7N15le&#10;knAjSZlmtKFB/oFFQTIOTo9Qc6IJ2srsCVSRUSmUSPQFFYUjkiSjzMYA0XjuWTR3KSmZjQWSo8pj&#10;mtT/g6Vvd7cSZXGE+z5GnBRQo8O3w8/D98ODfX8cHn59RaCETFWlCuHAXXkrTayqvBH0gwKFc6Ix&#10;CwU2aF29ETEAkq0WNjv7RBbmJMSN9rYI98cisL1GFDaHvjceDAYYUdB5/sjWyCFhe5ZulX7FhMUh&#10;uxul6xLGINkCxE0UKyh3UuRQzZc95KJxYN+m4EcjrzV64aCViyo0GU3650aQmQ6S5w77fYN3btZv&#10;zQyW38EC9puWH0lbynTPG84gIWIaxrVZKoUy2VkBtzY9gABGJr4/2ILvc9v6TONCQiec94DECHpg&#10;XYdREm2YGRdGRFWEbSrMRiF2bCWsSp/VDZw8anPetbLHu6xqNZwwDuDS1IJ1arh26srFMstzW9ic&#10;Gyojzx3Z3CiRZ7FRGjZKbtazXKIdMd1tHxMMgJ2YSbHlsQVLGYkXjaxJltcy2Oc2t3AFmxSYy2jb&#10;9/PEnSzGi3HQC/zhohe483nvejkLesOlNxrM+/PZbO59MdS8IEyzOGbcsGtHiRf8Xas2Q60eAsdh&#10;chLFSbBL+zwN1jmlYXMBsbS/da7b/qwbei3ie+hVKerZCLMchFTITxhVMBcjrD5uiWQY5a85DJ6J&#10;F8DNR9ougsHIh4XsatZdDeEUoCKsMVxwI850PXy3pcw2KXjybFm5uIYZkWSmme0wqVk1C5h9NoJm&#10;Tpvh2l1bq8d/k+lvAAAA//8DAFBLAwQUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1aaooCnEqBELiCCkSPW7jJYkar9PYbcLf45zgODurmTfF&#10;dra9uNDoO8caHlYKBHHtTMeNhs/d630Gwgdkg71j0vBDHrbl9VWBuXETf9ClCo2IIexz1NCGMORS&#10;+roli37lBuLofbvRYohybKQZcYrhtpdrpVJpsePY0OJAzy3Vx+psNSjCr/ruNM0vx2Z6r/zenbK3&#10;vda3N/PTI4hAc/h7hgU/okMZmQ7uzMaLXkO2iVOChiRdg1h8lSYJiMNy2YAsC/l/QfkLAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAAP7+DREDAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh98wZd0AAAAJAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="003200E5" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003200E5" w:rsidRDefault="003200E5" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F05BF" w:rsidRPr="003200E5" w:rsidRDefault="004F05BF" w:rsidP="002C4C62">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004F05BF" w:rsidRPr="003200E5" w:rsidSect="000554AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman CYR">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51000094"/>
     <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
@@ -10001,83 +9592,85 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="86"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A13624"/>
     <w:rsid w:val="000554AB"/>
+    <w:rsid w:val="002940DB"/>
+    <w:rsid w:val="002B1F93"/>
+    <w:rsid w:val="002B2846"/>
+    <w:rsid w:val="002C4C62"/>
     <w:rsid w:val="003200E5"/>
-    <w:rsid w:val="003F6B23"/>
+    <w:rsid w:val="00357572"/>
+    <w:rsid w:val="00454524"/>
     <w:rsid w:val="004F05BF"/>
-    <w:rsid w:val="005104BF"/>
     <w:rsid w:val="00554BAF"/>
-    <w:rsid w:val="0055623E"/>
     <w:rsid w:val="00672510"/>
     <w:rsid w:val="0068022E"/>
-    <w:rsid w:val="008A7FD2"/>
     <w:rsid w:val="00A13624"/>
     <w:rsid w:val="00A53AEA"/>
-    <w:rsid w:val="00BA6F41"/>
+    <w:rsid w:val="00BB5F4F"/>
     <w:rsid w:val="00C2136D"/>
+    <w:rsid w:val="00C8534A"/>
     <w:rsid w:val="00D04F39"/>
-    <w:rsid w:val="00D42C2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10821,51 +10414,51 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003200E5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad6@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11114,69 +10707,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1559</Words>
-  <Characters>8891</Characters>
+  <Words>2043</Words>
+  <Characters>11646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10430</CharactersWithSpaces>
+  <CharactersWithSpaces>13662</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асер</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>