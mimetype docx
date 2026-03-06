--- v0 (2025-12-17)
+++ v1 (2026-03-06)
@@ -1,6185 +1,2042 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-сад №57 города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-центр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязычного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00451F09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитания»</w:t>
+      </w:r>
+      <w:r w:rsidR="00451F09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласы білім беру бөлімінің  «Павлодар қаласының №57 сәбилер бақшасы-көптілде тәрбиелеу орталығы» коммуналдық мемлекеттік қазыналық кәсіпорын</w:t>
-[...17 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t xml:space="preserve"> отдела</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:color w:val="0563C1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес: г. Павлодар, ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мусы, 4, тел.34-70-00, э / почта: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t>sad57@</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="000B2A79" w:rsidP="00097EC8">
+    <w:p w:rsidR="0025094A" w:rsidRPr="0025094A" w:rsidRDefault="0025094A" w:rsidP="0025094A">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0025094A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004706CD">
+        </w:rPr>
+        <w:t>Объявляет открытый конкурс на зам</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>ещение вакантной должности хоре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025094A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025094A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рафа на период декретного отпуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  бос лауазымына орналасуға ашық конкурс жариялайды.</w:t>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00561C1C" w:rsidRPr="00561C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF58F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.07.2022-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF58F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF58F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3EC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2022 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00561C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00561C1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>город</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мусы, стр. 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) публикация объявления о проведении конкурса; </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, утверждёнными Типовыми квалификационными характеристикам педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) заседании конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок и место подачи заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течение  7</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней со дня опубликования объявления в средствах массовой информации документы на занятие вакантной должности принимаются в КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-сад №57 города Павлодара» по адресу: город Павлодар, улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жаяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мусы, стр. 4 (по электронной почте или на бумажном носителе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы или техническое и профессиональное образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: Осуществляет музыкальное воспитание и эстетическое развитие детей в соответствии с государственным общеобязательным стандартом дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организует и проводит музыкальные занятия, детские праздники и другие культурно-массовые мероприятия, выявляет музыкально одаренных детей, проводит индивидуальную работу с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принимает участие в организации игровой деятельности детей, проводит различные музыкально-дидактические игры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участвует в подготовке педагогических советов, работе методических объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет инновационный педагогический опыт в практику работы с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Консультирует родителей и воспитателей по вопросам музыкального воспитания детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Владеет компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Размер должностного оклада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00305387">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хореографа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в зависимости от стажа работы, образования от </w:t>
+      </w:r>
+      <w:r w:rsidR="00956FD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурс: </w:t>
-[...174 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>113,102</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Конкурс кезеңдері:</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...186 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...199 lines deleted...]
-      <w:r w:rsidR="00097EC8" w:rsidRPr="00097EC8">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00956FD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Лауазымдық жалақының мөлшері </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>119,915</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>хореграфтың еңбек өтіліне</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>Перечень документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, необходимых для участия в конкурсе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление по форме согласно приложению 10 к настоящим Правилам; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4)копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ РК-175/2020" Об утверждении форм учетной документации в области здравоохранения " (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) справка с психоневрологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V1200007495" \l "z228" </w:instrText>
-[...7 lines deleted...]
-          <w:color w:val="0000FF"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) справка с наркологической организации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) справка об отсутствии судимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) сертификат Национального квалификационного тестирования (далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЕНТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) или свидетельство о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) заполненный оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные телефоны для уточнения информации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 8 (7182) 34-70-00, электронный адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...280 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>sad57@</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...222 lines deleted...]
-          <w:color w:val="0563C1"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
-[...2 lines deleted...]
-          <w:color w:val="0563C1"/>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
-[...2 lines deleted...]
-          <w:color w:val="0563C1"/>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
-[...2 lines deleted...]
-          <w:color w:val="0563C1"/>
+      <w:r w:rsidR="00F41D34" w:rsidRPr="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00316083" w:rsidRPr="00316083">
-[...2 lines deleted...]
-          <w:color w:val="0563C1"/>
+      <w:r w:rsidR="00F41D34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00316083" w:rsidRPr="00097EC8" w:rsidRDefault="00316083" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:before="55" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="142" w:right="208" w:firstLine="52"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-13"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-12"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей первых руководителей и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>қағидаларына</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-2"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t>11-қосымша</w:t>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00316083">
-[...18 lines deleted...]
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00316083">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="6904"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E21B946" wp14:editId="2ECD74E4">
+                <wp:extent cx="1779905" cy="5080"/>
+                <wp:effectExtent l="12065" t="2540" r="8255" b="11430"/>
+                <wp:docPr id="5" name="Группа 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="5080"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="2803" cy="8"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="Line 6"/>
+                        <wps:cNvCnPr>
+                          <a:cxnSpLocks noChangeShapeType="1"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="4"/>
+                            <a:ext cx="2803" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="5085">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="0F056476" id="Группа 5" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+QKuqiAIAAH0FAAAOAAAAZHJzL2Uyb0RvYy54bWykVFFu2zAM/R+wOwj+T22nTpoYdYohTvrT&#10;bQXaHUCRZVuYLAmSGicYBgzYEXaR3WBXaG80SnLStf0pugSQJZN8fnwkdX6x6zjaUm2YFEWUniQR&#10;ooLIiommiL7crkezCBmLRYW5FLSI9tREF4v37857ldOxbCWvqEYAIkzeqyJqrVV5HBvS0g6bE6mo&#10;AGMtdYctHHUTVxr3gN7xeJwk07iXulJaEmoMvC2DMVp4/LqmxH6ua0Mt4kUE3KxftV83bo0X5zhv&#10;NFYtIwMN/AYWHWYCPnqEKrHF6E6zF1AdI1oaWdsTIrtY1jUj1OcA2aTJs2wutbxTPpcm7xt1lAmk&#10;fabTm2HJp+21RqwqokmEBO6gRPe/Hn48/Lz/A//faOIU6lWTg+OlVjfqWoc0YXslyVcD5vi53Z2b&#10;4Iw2/UdZASq+s9IrtKt15yAgd7TzhdgfC0F3FhF4mZ6dzecJMCJgmySzoU6khWK+CCLtaggbz5LT&#10;EDNztGOch495ggMhlw20mnlU0/yfmjctVtQXyTiRBjWnBzWvmKBoGlT0DksRJCQ7MUiIhFy2WDTU&#10;Q93uFciV+gQcVcAMIe5gQP9XSpo5BJwfJH3Uxot51AbnSht7SWWH3KaIOBD2hcLbK2ODjAcXByjk&#10;mnHusblAva/PxAcYyVnljM7N6Gaz5BptsZs8/xtq8sQNOlxUHqyluFoNe4sZD3vgycWQB9A5ZORH&#10;69s8ma9mq1k2ysbT1ShLynL0Yb3MRtN1ejYpT8vlsky/O2pplresqqhw7A5jnmavK/xw4YQBPQ76&#10;UYb4KbpvOxD98PSkoQFD7UL3bWS1v9ZO2qEX/c7PuA8b7iN3ifx79l6Pt+biLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAMMac9LaAAAAAgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Mygre6&#10;idIS0mxEpPUkhaogvY3ZMQlmZ0N2TeK/77aXehl4vMd732Sr0TSip87VlhXE8wgEcWF1zaWC4+Hj&#10;OQHhPLLGxjIpuJODVT55yjDVduAv6ve+FKGEXYoKKu/bVEpXVGTQzW1LHLyL7Qz6ILtS6g6HUG4a&#10;uYiiV2mw5rBQYUubiorr/mYUbAcc1sv4vd9dL5v79+Hl87SLSanZdFy/gfA0+v8w/OIHdMgD09ne&#10;WDvRKAiP+L8bvEUSLUGcFSQg80w+ouc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH5A&#10;q6qIAgAAfQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMMac9LaAAAAAgEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;">
+                <v:line id="Line 6" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSP286xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEJvNatQtatR1LbgoeCflnp9bJ67q5uXJUnd9dubguBxmJnfMNN5aypxIedLywr6vQQE&#10;cWZ1ybmCn+/PlzEIH5A1VpZJwZU8zGedpymm2ja8o8s+5CJC2KeooAihTqX0WUEGfc/WxNE7Wmcw&#10;ROlyqR02EW4qOUiSoTRYclwosKZVQdl5/2cUtF/2d7ysq+b1rSnX74eT+9huRko9d9vFBESgNjzC&#10;9/ZaKxjC/5V4A+TsBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANI/bzrEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".14125mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...262 lines deleted...]
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="11" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4156 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F34BD69" wp14:editId="55536377">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B0A2D17" wp14:editId="70709229">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4841875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>142240</wp:posOffset>
+                  <wp:posOffset>151130</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1779905" cy="1270"/>
-                <wp:effectExtent l="12700" t="8255" r="7620" b="9525"/>
+                <wp:effectExtent l="12700" t="13335" r="7620" b="4445"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="9" name="Полилиния 9"/>
+                <wp:docPr id="4" name="Полилиния 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1779905" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 7625 7625"/>
                             <a:gd name="T1" fmla="*/ T0 w 2803"/>
                             <a:gd name="T2" fmla="+- 0 10427 7625"/>
                             <a:gd name="T3" fmla="*/ T2 w 2803"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -6215,180 +2072,12598 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6E7F55E0" id="Полилиния 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd6k6xEQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMhxgJUkCJdl93P3bfdg/u+3338PMLGto8VaUeQfhteaOsUl1ey+SDBod35LEL&#10;DTFoWb2RFPDI2kiXm22qCrsTVKOtK8HdvgRsa1ACL4N+fzj0uxgl4AvCvquQR0bt3mStzSsmHQ7Z&#10;XGtTF5CC5dJPGxELKHZacKjlyw7yUb8Xdt2jKfg+LGjDXnho4aMKhQP//DQobIMcVuBHYf+3YOdt&#10;nAULD8BAwKqlSLKWdbIVDW2wELEd47tElVLbBC2AXJshQIAgK/EPsXD2aWy9pzlCQSucNoHCCJpg&#10;WcstibHM7BHWRFWMXS7si0Ju2EI6lzkpHRzy6OXiMAq2Q+YOWNVu2GEPgHtTG+5Qy/WgtELOc85d&#10;bbmwVLr+oOtyoyXPqXVaNlqtlhOu0IbY9nYfKwbAjsKUXAvqwDJG6KyxDcl5bUM8d7mFW9ikwN5H&#10;17+fhv5wNpgNok4U9madyJ9OO1fzSdTpzYN+d3o+nUymwWdLLYhGWU4pE5ZdO0uC6O96tZlq9RTY&#10;T5MjFUdi5+7zVKx3TMPlArS0v3Wu2xate3op6R20q5L1cIRhDkYm1T1GFQzGGOuPa6IYRvy1gMkz&#10;DKLITlK3iLr9EBbq0LM89BCRAFSMDYYLbs2JqafvulT5KoOTAldWIa9gTKS57Wc3T2pWzQKGn1PQ&#10;DGo7XQ/XLurx72T8CwAA//8DAFBLAwQUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwlGgOVplOFAIkjG0gcvcZrC41T1dlWeHrSExxtf/r9/cV6&#10;8r060ihdYAvXiwwUcR1cx42Ft+3T1R0oicgO+8Bk4ZsE1uX5WYG5Cyd+peMmNiqFsORooY1xyLWW&#10;uiWPsggDcbrtw+gxpnFstBvxlMJ9r02WrbTHjtOHFgd6aKn+2hy8hef3zr0I7SvG+Gl+HiuZ5KO2&#10;9vJiqu5BRZriHwyzflKHMjntwoGdqN7C7crcJNSCMUtQM5AtTSqzmzcr0GWh/1cofwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBd6k6xEQMAAJYGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBfiFA+3AAAAAoBAAAPAAAAAAAAAAAAAAAAAGsFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+              <v:shape w14:anchorId="5F515278" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBjjC8EQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMI4wEKaBEu6+7H7tvuwf3/b57+PkFRTZPValHEH5b3iirVJfXMvmgweEdeexC&#10;QwxaVm8kBTyyNtLlZpuqwu4E1WjrSnC3LwHbGpTAy6DfHw79LkYJ+IKw7yrkkVG7N1lr84pJh0M2&#10;19rUBaRgufTTRsQCip0WHGr5soN81O+FXfdoCr4PC9qwFx5a+KhC4cA/Pw0K2yCHFfhR2P8t2Hkb&#10;Z8HCAzAQsGopkqxlnWxFQxssRGzH+C5RpdQ2QQsg12YIECDISvxDLJx9GlvvaY5Q0AqnTaAwgiZY&#10;1nJLYiwze4Q1URVjlwv7opAbtpDOZU5KB4c8erk4jILtkLkDVrUbdtgD4N7UhjvUcj0orZDznHNX&#10;Wy4sla4/6LrcaMlzap2WjVar5YQrtCG2vd3HigGwozAl14I6sIwROmtsQ3Je2xDPXW7hFjYpsPfR&#10;9e+noT+cDWaDqBOFvVkn8qfTztV8EnV686DfnZ5PJ5Np8NlSC6JRllPKhGXXzpIg+rtebaZaPQX2&#10;0+RIxZHYufs8Fesd03C5AC3tb53rtkXrnl5KegftqmQ9HGGYg5FJdY9RBYMxxvrjmiiGEX8tYPIM&#10;gyiyk9Qtom4/hIU69CwPPUQkABVjg+GCW3Ni6um7LlW+yuCkwJVVyCsYE2lu+9nNk5pVs4Dh5xQ0&#10;g9pO18O1i3r8Oxn/AgAA//8DAFBLAwQUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKGGMqTacKARJHBkg7eo3XFhqnarKt8OvxTnCz/Z6ev1es&#10;Jt+rA42xC2zhepaBIq6D67ix8P72dLUEFROywz4wWfimCKvy/KzA3IUjv9JhnRolIRxztNCmNORa&#10;x7olj3EWBmLRdmH0mGQdG+1GPEq477XJsoX22LF8aHGgh5bqr/XeW3j+6NxLpF3FmD7Nz2MVp7ip&#10;rb28mKp7UImm9GeGE76gQylM27BnF1Vv4W5hbsVqwdxIhZMhmxuZtnKZZ6DLQv+vUP4CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAQY4wvBEDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Конкурс</w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00097EC8">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 80 до90 баллов = 9 баллов По методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="13" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>впервые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="155" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="283" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="30" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">П о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="238"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и ( или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и ( или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="147" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="212" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="157"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="256"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="216"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦПМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НИШ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC"/>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Жариялаған</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>мемлекеттік</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>орган</w:t>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29A421B0" wp14:editId="18AD1AE8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>153035</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="12700" t="5715" r="7620" b="12065"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="23" name="Полилиния 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="264A4E17" id="Полилиния 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43EDF213" wp14:editId="1A6C9ACC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>4841875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>320040</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1779905" cy="1270"/>
+                <wp:effectExtent l="12700" t="10795" r="7620" b="6985"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="22" name="Полилиния 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1779905" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 7625 7625"/>
+                            <a:gd name="T1" fmla="*/ T0 w 2803"/>
+                            <a:gd name="T2" fmla="+- 0 10427 7625"/>
+                            <a:gd name="T3" fmla="*/ T2 w 2803"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2803">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2802" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="5085">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1DC3BEAA" id="Полилиния 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSkXrOEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXzsemnNl2hdouQ&#10;FlhpywHc2GkiHDvYbtMFcQaOwDVWQnCGciPGTtJNuyAhRKWm48z4+b0Zz/TicldwtGVK51LEODjz&#10;MWIikTQX6xi/Wy56I4y0IYISLgWL8R3T+HL69MlFVU5YKDPJKVMIQISeVGWMM2PKiefpJGMF0Wey&#10;ZAKcqVQFMbBUa48qUgF6wb3Q9wdeJRUtlUyY1vB2Xjvx1OGnKUvM2zTVzCAeY+Bm3FO558o+vekF&#10;mawVKbM8aWiQf2BRkFzAoQeoOTEEbVT+CKrIEyW1TM1ZIgtPpmmeMKcB1AT+iZrbjJTMaYHk6PKQ&#10;Jv3/YJM32xuFchrjMMRIkAJqtP+6/7H/tr933+/7+59fEDghU1WpJ7DhtrxRVqsur2XyXoPDO/LY&#10;hYYYtKpeSwqAZGOky84uVYXdCbrRzhXh7lAEtjMogZfBcDge+32MEvAF4dDVyCOTdm+y0eYlkw6H&#10;bK+1qUtIwXIFoI2KJZQ7LThU83kP+Wg4CPvu0ZT8EBa0Yc88tPRRhcKRf34aBLnpYAV+FA5/C3be&#10;xlmwsAMGAtYtRZK1rJOdaGiDhYjtGd8lqpTaJmgJ5NoMAQIEWYl/iIWzT2PrPc0RCprhtA0URtAG&#10;q1puSYxlZo+wJqrgUthc2BeF3LKldC5zUjo45MHLRTcKtkPmOqxqN+ywB8C9qQ13qOXaKa2Qi5xz&#10;V1suLJW+P+o7KlrynFqnZaPVejXjCm2JbXD3sWIA7ChMyY2gDixjhF41tiE5r22I5y63cAubFNj7&#10;6Dr409gfX42uRlEvCgdXvcifz3svFrOoN1gEw/78fD6bzYPPlloQTbKcUiYsu3aaBNHfdWsz1+o5&#10;cJgnRyqOxC7c57FY75iGywVoaX/rXLctWvf0StI7aFcl6/EI4xyMTKqPGFUwGmOsP2yIYhjxVwJm&#10;zziIIjtL3SLqD0NYqK5n1fUQkQBUjA2GC27Nmann76ZU+TqDkwJXViFfwJhIc9vPbp7UrJoFjD+n&#10;oBnVdr521y7q4Q9l+gsAAP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX&#10;68n16kijdJ4N3C4SUMS1tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHX&#10;WuqWHMrCD8TxtvejwxDHsdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP&#10;2pjrq6l6ABVoCn8wzPpRHcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkpF6zhIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орган, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B1BA05F" wp14:editId="6DE45C0A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="537B3A0F" wp14:editId="396F22E6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>800100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>215265</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="8" name="Полилиния 8"/>
+                <wp:docPr id="21" name="Полилиния 21"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
                             <a:gd name="T0" fmla="+- 0 1260 1260"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
                             <a:gd name="T2" fmla="+- 0 10773 1260"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
@@ -6424,218 +14699,213 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7D9EE065" id="Полилиния 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgishvDgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QBu7DQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKWm48z48/fNeKaXV7uCoy1TOpcixkHX&#10;x4iJRNJcrGP8frnoDDHShghKuBQsxvdM46vJ82eXVTlmocwkp0whABF6XJUxzowpx56nk4wVRHdl&#10;yQQ4U6kKYmCp1h5VpAL0gnuh7/e9SipaKpkwreHtrHbiicNPU5aYd2mqmUE8xsDNuKdyz5V9epNL&#10;Ml4rUmZ50tAg/8CiILmAQw9QM2II2qj8CVSRJ0pqmZpuIgtPpmmeMKcB1AT+mZq7jJTMaYHk6PKQ&#10;Jv3/YJO321uFchpjKJQgBZRo/23/c/99/+C+P/YPv76ioc1TVeoxhN+Vt8oq1eWNTD5ocHgnHrvQ&#10;EINW1RtJAY9sjHS52aWqsDtBNdq5EtwfSsB2BiXwsu9HQW8ElUrAF4QDVyGPjNu9yUabV0w6HLK9&#10;0aYuIAXLpZ82IpYAkRYcavmyg3wUhP360RT8EBa0YS88tPRRhUYXQXQeFLZBNZY/GPQc4nlcr42z&#10;YOERGAhYtxRJ1rJOdqKhDRYitmN8l6hSapugJZBrMwQIEGQl/iEWzj6Prfc0RyhohfMmUBhBE6xq&#10;GSUxlpk9wpqoirHLhX1RyC1bSucyZ6WDQx69XBxHwfZTVrUbdtgD4N7UhjvUcj0qrZCLnHNXWy4s&#10;lUHgD1xutOQ5tU7LRqv1asoV2hLb3u5jxQDYSZiSG0EdWMYInTe2ITmvbYjnLrdwC5sU2Pvo+vfz&#10;yB/Nh/Nh1InC/rwT+bNZ53oxjTr9RTC4mPVm0+ks+GKpBdE4yyllwrJrZ0kQ/V2vNlOtngKHaXKi&#10;4kTswn2eivVOabhcgJb2t85126J1T68kvYd2VbIejjDMwcik+oRRBYMxxvrjhiiGEX8tYPKMgiiy&#10;k9QtootBCAt17Fkde4hIACrGBsMFt+bU1NN3U6p8ncFJgSurkNcwJtLc9rObJzWrZgHDzyloBrWd&#10;rsdrF/X4dzL5DQAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J1oNt&#10;xZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYulTIU&#10;NVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0ZNO9G&#10;6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAoIrIbw4DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABoBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="16D163E6" id="Полилиния 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-7"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-7"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>ЖСН</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CABCB77" wp14:editId="15A97A5C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="779A9609" wp14:editId="007AD83A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="7" name="Полилиния 7"/>
+                <wp:docPr id="20" name="Полилиния 20"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -6651,180 +14921,171 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="63212D39" id="Полилиния 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkiKBgDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBMcYcVJBiXbfdj9333cP9vtj9/DrK4pNnppajSD8rr6VRqmqbwT9oMDhHXnM&#10;QkEMWjZvRAp4ZK2Fzc02k5XZCarR1pbgfl8CttWIwsuBHwX9IVSKgi8IY1shj4y6vXSt9CsmLA7Z&#10;3CjtCpiCZdOftiIWAJFVJdTyZQ/5KAgH7tEWfB8WdGEvPLTwUYOG50F0GhR2QQ7Lj+O+RTyN63dx&#10;Biw8AAMBq44iyTvWdMtb2mAhYjrGt4mqhTIJWgC5LkOAAEFG4h9i4ezTWLenPUJCK5w2gcQImmDp&#10;ZNREG2bmCGOiJsE2F+ZFJTZsIaxLn5QODnn0lvwwCrYfs3Ju2GEOgHvjDHuo4XpQWi7mRVna2pbc&#10;UIkDP7a5UaIsUuM0bJRcLSelRBti2tt+jBgAOwqTYs1TC5Yzks5aW5OidDbElza3cAvbFJj7aPv3&#10;89Afzi5mF1EvCgezXuRPp73r+STqDeZBfD7tTyeTafDFUAuiUV6kKeOGXTdLgujverWdam4K7KfJ&#10;kYojsXP7eSrWO6ZhcwFaul+X665FXU8vRXoP7SqFG44wzMHIhfyEUQODMcHq45pIhlH5msPkGQZR&#10;ZCapXUTncQgLeehZHnoIpwCVYI3hghtzot30XdeyWOVwUmDLysU1jImsMP1s54lj1S5g+FkF7aA2&#10;0/VwbaMe/07GvwEAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAJIigYA8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="3278D29A" id="Полилиния 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>орны)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21C7E514" wp14:editId="0CABF8F3">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03C5CD6A" wp14:editId="566612A8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="6350" r="6985" b="11430"/>
+                <wp:effectExtent l="9525" t="8255" r="6985" b="9525"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Полилиния 6"/>
+                <wp:docPr id="19" name="Полилиния 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -6840,101 +15101,101 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="17D386EC" id="Полилиния 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBou6thDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhw72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW25GjDlC6kSHBw&#10;5mPERCppIVYJfr+Y9y4w0oYISrgULMH3TOOr8fNnl3U1YqHMJadMIQARelRXCc6NqUaep9OclUSf&#10;yYoJcGZSlcTAUq08qkgN6CX3Qt8feLVUtFIyZVrD22njxGOHn2UsNe+yTDODeIKBm3FP5Z5L+/TG&#10;l2S0UqTKi7SlQf6BRUkKAYfuoabEELRWxROoskiV1DIzZ6ksPZllRcqcBlAT+Cdq7nJSMacFkqOr&#10;fZr0/4NN325uFSpoggcYCVJCiXbfdj9333cP7vtj9/DrKxrYPNWVHkH4XXWrrFJd3cj0gwaHd+Sx&#10;Cw0xaFm/kRTwyNpIl5ttpkq7E1SjrSvB/b4EbGtQCi8HfhT0h1CpFHxBGLsKeWTU7U3X2rxi0uGQ&#10;zY02TQEpWC79tBWxAIis5FDLlz3koyAcNI+24PuwoAt74aGFj2o0PA+i06CwC2qw/DjuO8TTuH4X&#10;Z8HCAzAQsOookrxjnW5FSxssRGzH+C5RldQ2QQsg12UIECDISvxDLJx9GtvsaY9Q0AqnTaAwgiZY&#10;NjIqYiwze4Q1UZ1glwv7opQbtpDOZU5KB4c8erk4jILtx6waN+ywB8C9aQx3qOV6UFoh5wXnrrZc&#10;WCpx4McuN1ryglqnZaPVajnhCm2IbW/3sWIA7ChMybWgDixnhM5a25CCNzbEc5dbuIVtCux9dP37&#10;eegPZxezi6gXhYNZL/Kn0971fBL1BvMgPp/2p5PJNPhiqQXRKC8oZcKy62ZJEP1dr7ZTrZkC+2ly&#10;pOJI7Nx9nor1jmm4XICW7rfJddeiTU8vJb2HdlWyGY4wzMHIpfqEUQ2DMcH645oohhF/LWDyDIMo&#10;spPULaLzOISFOvQsDz1EpACVYIPhgltzYprpu65UscrhpMCVVchrGBNZYfvZzZOGVbuA4ecUtIPa&#10;TtfDtYt6/DsZ/wYAAP//AwBQSwMEFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3VClVYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXFmR7Nv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FQgfkCvsHJOGC3lYF9dXOWaVO/OWTrtgRCxhn6GGJoQ+k9KX&#10;DVn0M9cTx1vtBoshysHIasBzLLedTJRKpcWW44cGe3puqDzsjlbD07f9Umr1U18Om/nmtX4zaN6N&#10;1rc34+MDiEBj+AvDhB/RoYhMe3fkyosu6iSNW4KG+zQBMQXUcrkAsZ+cBcgil/8nFL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAaLurYQ8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAemcE1d8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="059A0C78" id="Полилиния 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C7A3D19" wp14:editId="3886B21D">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24E69061" wp14:editId="3C3DAF8E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>463550</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="11430" r="6985" b="6350"/>
+                <wp:effectExtent l="9525" t="13335" r="6985" b="4445"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Полилиния 5"/>
+                <wp:docPr id="18" name="Полилиния 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6041390" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
                             <a:gd name="T1" fmla="*/ T0 w 9514"/>
-                            <a:gd name="T2" fmla="+- 0 10773 1260"/>
+                            <a:gd name="T2" fmla="+- 0 10353 840"/>
                             <a:gd name="T3" fmla="*/ T2 w 9514"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="9514">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="9513" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
@@ -6950,2154 +15211,2236 @@
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="384D7551" id="Полилиния 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC87rZiDwMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ7EuI8RJyWUaP9t/3P/ff9gvz/2D7++or7JU12pMYTfVbfSKFXVjaAfFDi8E49Z&#10;KIhBq/qNSACPbLSwudmlsjQ7QTXa2RLcH0rAdhpReDnwo6A3gkpR8AXh0FbII+N2L90o/YoJi0O2&#10;N0q7AiZg2fQnjYglQKRlAbV82UE+CsKBezQFP4QFbdgLDy19VKNRP4jOg8I2yGH5w2HPIp7H9do4&#10;AxYegYGAdUuRZC1ruuMNbbAQMR3j20RVQpkELYFcmyFAgCAj8Q+xcPZ5rNvTHCGhFc6bQGIETbBy&#10;MiqiDTNzhDFRHWObC/OiFFu2FNalz0oHhzx6C34cBdtPWTk37DAHwL1xhj3UcD0qLReLvChsbQtu&#10;qAwDf2hzo0SRJ8Zp2Ci5Xk0LibbEtLf9GDEAdhImxYYnFixjJJk3tiZ54WyIL2xu4RY2KTD30fbv&#10;55E/ml/ML6JOFA7mncifzTrXi2nUGSyCYX/Wm02ns+CLoRZE4yxPEsYNu3aWBNHf9Woz1dwUOEyT&#10;ExUnYhf281Ssd0rD5gK0tL8u122Lup5eieQe2lUKNxxhmIORCfkJoxoGY4zVxw2RDKPiNYfJMwqi&#10;yExSu4j6wxAW8tizOvYQTgEqxhrDBTfmVLvpu6lkvs7gpMCWlYtrGBNpbvrZzhPHqlnA8LMKmkFt&#10;puvx2kY9/p1MfgMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8vXw1&#10;2k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE2GdS&#10;hrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/qd4Pm&#10;w2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAvO62Yg8DAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+              <v:shape w14:anchorId="747845D2" id="Полилиния 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="29"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="539"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-7"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>телефоны</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="23"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
-        <w:spacing w:before="1"/>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="26"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t>Өтініш</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="23"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:before="1" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="105" w:firstLine="419"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="40"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="25"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226BC7B2" wp14:editId="1BD8C43E">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2584BE05" wp14:editId="707A7AB7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201295</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6041390" cy="1270"/>
-                <wp:effectExtent l="9525" t="5080" r="6985" b="12700"/>
+                <wp:extent cx="6130290" cy="1270"/>
+                <wp:effectExtent l="9525" t="10795" r="13335" b="6985"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Полилиния 4"/>
+                <wp:docPr id="17" name="Полилиния 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6041390" cy="1270"/>
+                          <a:ext cx="6130290" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 9514"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9654"/>
+                            <a:gd name="T2" fmla="+- 0 10493 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="9514">
+                            <a:path w="9654">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="9513" y="0"/>
+                                <a:pt x="9653" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="52F09D77" id="Полилиния 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw3b1jEgMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXNtpIhI72G7TBXEGjsA1VkJwhnIjxk7SbbtCQohKTceZ8fN7M57p5dW2LNCGK51LkeDg&#10;zMeICypZLlYJfr+Y9y4w0oYIRgopeILvucZX4+fPLutqxEOZyYJxhQBE6FFdJTgzphp5nqYZL4k+&#10;kxUX4EylKomBpVp5TJEa0MvCC31/4NVSsUpJyrWGt9PGiccOP005Ne/SVHODigQDN+Oeyj2X9umN&#10;L8lopUiV5bSlQf6BRUlyAYfuoabEELRW+ROoMqdKapmaMypLT6ZpTrnTAGoC/0TNXUYq7rRAcnS1&#10;T5P+f7D07eZWoZwlOMJIkBJKtPu2+7n7vntw3x+7h19fUWTzVFd6BOF31a2ySnV1I+kHDQ7vyGMX&#10;GmLQsn4jGeCRtZEuN9tUlXYnqEZbV4L7fQn41iAKLwd+FPSHUCkKviCMXYU8Mur20rU2r7h0OGRz&#10;o01TQAaWSz9rRSwAIi0LqOXLHvJREA6aR1vwfVjQhb3w0MJHNRqeB04tlHIfFHZBDZYfx32HeArW&#10;7+IsWHgABgJWHUWSdazpVrS0wULEdozvElVJbRO0AHJdhgABgqzEP8TC2aexzZ72CAWtcNoECiNo&#10;gmUjoyLGMrNHWBPVCXa5sC9KueEL6VzmpHRwyKO3EIdRsP2YVeOGHfYAuDeN4Q61XA9KK+Q8LwpX&#10;20JYKnHgxy43WhY5s07LRqvVclIotCG2vd3HigGwozAl14I5sIwTNmttQ/KisSG+cLmFW9imwN5H&#10;17+fh/5wdjG7iHpROJj1In867V3PJ1FvMA/i82l/OplMgy+WWhCNspwxLiy7bpYE0d/1ajvVmimw&#10;nyZHKo7Ezt3nqVjvmIbLBWjpfptcdy3a9PRSsntoVyWb4QjDHIxMqk8Y1TAYE6w/roniGBWvBUye&#10;YRBFdpK6RXQeh7BQh57loYcIClAJNhguuDUnppm+60rlqwxOClxZhbyGMZHmtp/dPGlYtQsYfk5B&#10;O6jtdD1cu6jHv5PxbwAAAP//AwBQSwMEFAAGAAgAAAAhAFrtkPvfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonYKaEuJUgMQFCSoKB47bZOOExusQu2369zgnepzZ0eyb&#10;fDXaThxo8K1jDclMgSAuXdWy0fD1+XKzBOEDcoWdY9JwIg+r4vIix6xyR/6gwyYYEUvYZ6ihCaHP&#10;pPRlQxb9zPXE8Va7wWKIcjCyGvAYy20n50otpMWW44cGe3puqNxt9lbD04/9Vmr5W59262T9Wr8Z&#10;NO9G6+ur8fEBRKAx/Idhwo/oUESmrdtz5UUX9XwRtwQNt0kKYgqoNL0DsZ2ce5BFLs8nFH8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8N29YxIDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="016F4A8D" id="Полилиния 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
-        <w:ind w:left="539" w:right="949"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="120" w:right="1486"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1027 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-9"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-2"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00097EC8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:t>______________________________________</w:t>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село) В настоящее время работаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
-[...267 lines deleted...]
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="25"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00097EC8">
+      <w:r w:rsidRPr="00B531BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36A5A73B" wp14:editId="0C0D57B5">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25C2A176" wp14:editId="36B903C2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>800100</wp:posOffset>
+                  <wp:posOffset>533400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201930</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6396355" cy="1270"/>
-                <wp:effectExtent l="9525" t="12065" r="13970" b="5715"/>
+                <wp:extent cx="6130290" cy="1270"/>
+                <wp:effectExtent l="9525" t="6350" r="13335" b="11430"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1" name="Полилиния 1"/>
+                <wp:docPr id="16" name="Полилиния 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6396355" cy="1270"/>
+                          <a:ext cx="6130290" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst>
-                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
-[...2 lines deleted...]
-                            <a:gd name="T3" fmla="*/ T2 w 10073"/>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9654"/>
+                            <a:gd name="T2" fmla="+- 0 10493 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9654"/>
                           </a:gdLst>
                           <a:ahLst/>
                           <a:cxnLst>
                             <a:cxn ang="0">
                               <a:pos x="T1" y="0"/>
                             </a:cxn>
                             <a:cxn ang="0">
                               <a:pos x="T3" y="0"/>
                             </a:cxn>
                           </a:cxnLst>
                           <a:rect l="0" t="0" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="10073">
+                            <a:path w="9654">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
-                                <a:pt x="10073" y="0"/>
+                                <a:pt x="9653" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:noFill/>
                         <a:ln w="7107">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7B58BCE0" id="Полилиния 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIzzNeEQMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpNx5nx83sznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcnKmQJdGwlGsvkaQG9LLwQt/ve7WQSSUFZUrB25lz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h0MPUDOiCdrI/AlUmVMplEh1l4rSE2maU2Y1gJrAP1Nzl5GKWS2QHFUd&#10;0qT+Hyx9u72VKE+gdhhxUkKJ9t/2P/ff9w/2+2P/8OsrCkye6kqNIPyuupVGqapuBP2gwOGdeMxC&#10;QQxa1W9EAnhko4XNzS6VpdkJqtHOluD+UAK204jCy3407Ee9HkYUfEE4sBXyyKjdSzdKv2LC4pDt&#10;jdKugAlYNv1JI2IJxU7LAmr5soN8FIR992gKfggD1S7shYeWPqpR4PuD6DwqbKMcWBBFkYU8j4va&#10;OIMWHqOBhHVLkmQtb7rjDXGwEDE949tUVUKZFC2BXpsjQIAgI/IPsXD4eazb0xwhoRnO20BiBG2w&#10;cjoqog0zc4QxUQ0VsNkwb0qxZUthffqsenDKo7fgx1Fu/zEv54ct5gi4O86wxxq2R+XlYpEXha1v&#10;wQ2ZQeAPbHaUKPLEOA0dJderaSHRlpgWtx8jB8BOwqTY8MSCZYwk88bWJC+cDfGFzS7cxCYJ5k7a&#10;Hv489Ifzi/lF3InD/rwT+7NZ53oxjTv9RTDozaLZdDoLvhhqQTzK8iRh3LBr50kQ/12/NpPNTYLD&#10;RDlRcSJ2YT9PxXqnNGwuQEv763Ldtqnr65VI7qFlpXADEgY6GJmQnzCqYTiOsfq4IZJhVLzmMH2G&#10;QRybaWoXcW8QwkIee1bHHsIpQI2xxnDFjTnVbgJvKpmvMzgpsGXl4hpGRZqbnrYzxbFqFjAArYJm&#10;WJsJe7y2UY9/KZPfAAAA//8DAFBLAwQUAAYACAAAACEATjepsN4AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPS0sDQRCE74L/YWjBm5l9QJB1Z4MEFQRRjMHzZKezszivzEw2q7/ezkmP1V1UfdWu&#10;ZmvYhDGN3gkoFwUwdL1XoxsEbD8eb26BpSydksY7FPCNCVbd5UUrG+VP7h2nTR4YhbjUSAE659Bw&#10;nnqNVqaFD+jot/fRykwyDlxFeaJwa3hVFEtu5eioQcuAa4391+ZoqeQ1Bv3zdng+fIan7cjN/uFl&#10;PQlxfTXf3wHLOOc/M5zxCR06Ytr5o1OJGdLVkrZkAXVJE86Gsq5rYDu6VAXwruX/J3S/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMjPM14RAwAAmgYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE43qbDeAAAACgEAAA8AAAAAAAAAAAAAAAAAawUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
-                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+              <v:shape w14:anchorId="3B880BD5" id="Полилиния 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVpRAgEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDt+hgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tW&#10;o3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8&#10;Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2Ky&#10;qNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaUQIBADAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00097EC8" w:rsidRPr="00097EC8" w:rsidRDefault="00097EC8" w:rsidP="00097EC8">
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
       <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="905"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="21" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidTr="00C63E78">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72D205C9" wp14:editId="7E34E7D4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>533400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6218555" cy="1270"/>
+                <wp:effectExtent l="9525" t="11430" r="10795" b="6350"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Полилиния 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6218555" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9793"/>
+                            <a:gd name="T2" fmla="+- 0 10633 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9793"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9793">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9793" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6E51ABA6" id="Полилиния 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxaYS3EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtetRIlgBNdp/2//cf98/4Ptj//DrKwElZKoq9RgO3JW3ysaqyxsZfdCgcE40&#10;dqHBhqyqNzIGQLYxErOzS1RhT0LcZIdFuD8Uge8MiWCz73vDXg/IRKDz/AHWyGHj9my00eYVl4jD&#10;tjfa1CWMQcICxE0USyh3UuRQzZcd4pJhgG9T8IOR1xq9cMjSJRUZDUbdcyO/NUIkz+13uxbv3Kzb&#10;mlks/wgL2K9bfixtKUc70XAGiTDbMC5mqZTaZmcJ3Nr0AAIY2fj+YAu+z23rM40LBZ1w3gOKEuiB&#10;VR1GyYxlZl1YkVQhxVTYjUJu+VKiypzVDZw8anNxbIXHj1nVajhhHcClqQV0arke1VXIRZbnWNhc&#10;WCoDzx1gbrTMs9gqLRut1qtprsiW2e7GxwYDYCdmSm5EjGApZ/G8kQ3L8loG+xxzC1ewSYG9jNi+&#10;n0fuaD6cD4NO4PfnncCdzTrXi2nQ6S+8QW/WnU2nM++LpeYF4zSLYy4su3aUeMHftWoz1OohcBgm&#10;J1GcBLvA52mwzikNzAXE0v7WuW77s27olYzvoVeVrGcjzHIQUqk+UVLBXAyp/rhhilOSvxYweEZe&#10;ADefGFwEvYEPC3WsWR1rmIgAKqSGwgW34tTUw3dTqmydgicPyyrkNcyIJLPNjMOkZtUsYPZhBM2c&#10;tsP1eI1Wj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCxaYS3EAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B531BC" w:rsidRPr="00B531BC" w:rsidRDefault="00B531BC" w:rsidP="00B531BC">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4EAE9AF0" wp14:editId="1B7ACAD2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>533400</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>229870</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6218555" cy="1270"/>
+                <wp:effectExtent l="9525" t="5080" r="10795" b="12700"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Полилиния 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6218555" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 840 840"/>
+                            <a:gd name="T1" fmla="*/ T0 w 9793"/>
+                            <a:gd name="T2" fmla="+- 0 10633 840"/>
+                            <a:gd name="T3" fmla="*/ T2 w 9793"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="9793">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="9793" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="06CED3F2" id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6kCZDEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtQsoEayAGu2/7X/uv+8f8P2xf/j1lYASMlWVegwH7spbZWPV5Y2MPmhQOCca&#10;u9BgQ1bVGxkDINsYidnZJaqwJyFussMi3B+KwHeGRLDZ971hr9ejJAKd5w+wRg4bt2ejjTavuEQc&#10;tr3Rpi5hDBIWIG6iWEK5kyKHar7sEJcMA3ybgh+MvNbohUOWLqnIaDDqnhv5rREieW6/27V452bd&#10;1sxi+UdYwH7d8mNpSznaiYYzSITZhnExS6XUNjtL4NamBxDAyMb3B1vwfW5bn2lcKOiE8x5QlEAP&#10;rOowSmYsM+vCiqQKKabCbhRyy5cSVeasbuDkUZuLYys8fsyqVsMJ6wAuTS2gU8v1qK5CLrI8x8Lm&#10;wlIZeO4Ac6NlnsVWadlotV5Nc0W2zHY3PjYYADsxU3IjYgRLOYvnjWxYltcy2OeYW7iCTQrsZcT2&#10;/TxyR/PhfBh0Ar8/7wTubNa5XkyDTn/hDXqz7mw6nXlfLDUvGKdZHHNh2bWjxAv+rlWboVYPgcMw&#10;OYniJNgFPk+DdU5pYC4glva3znXbn3VDr2R8D72qZD0bYZaDkEr1iZIK5mJI9ccNU5yS/LWAwTPy&#10;Arj5xOAi6A18WKhjzepYw0QEUCE1FC64FaemHr6bUmXrFDx5WFYhr2FGJJltZhwmNatmAbMPI2jm&#10;tB2ux2u0evw3mfwGAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD6kCZDEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B86780" w:rsidRPr="00097EC8" w:rsidRDefault="00B86780">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00B86780" w:rsidRPr="00097EC8">
+    <w:p w:rsidR="005A0474" w:rsidRDefault="005A0474"/>
+    <w:sectPr w:rsidR="005A0474">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman CYR">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E918E4"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E918E4"/>
+    <w:rsidRoot w:val="00C37D06"/>
+    <w:rsid w:val="0025094A"/>
+    <w:rsid w:val="00305387"/>
+    <w:rsid w:val="00451F09"/>
+    <w:rsid w:val="00561C1C"/>
+    <w:rsid w:val="005A0474"/>
+    <w:rsid w:val="006B3EC6"/>
+    <w:rsid w:val="00956FD5"/>
+    <w:rsid w:val="00AF58F5"/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rsid w:val="00C37D06"/>
+    <w:rsid w:val="00D20033"/>
+    <w:rsid w:val="00F41D34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5AB3A162"/>
-  <w15:docId w15:val="{BC2CFCCD-B83B-4552-A635-6E2E393BB871}"/>
+  <w14:docId w14:val="658CB67C"/>
+  <w15:docId w15:val="{421D1B1C-F091-4E90-B3B1-BA52B6256631}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9141,51 +17484,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9478,87 +17821,184 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B531BC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00097EC8"/>
+    <w:rsid w:val="00B531BC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B531BC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9783,54 +18223,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1043</Words>
-  <Characters>5947</Characters>
+  <Words>1574</Words>
+  <Characters>8973</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6977</CharactersWithSpaces>
+  <CharactersWithSpaces>10526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Асем</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>