--- v0 (2025-12-11)
+++ v1 (2025-12-11)
@@ -2,18533 +2,9306 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00321E87" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00321427" w:rsidRPr="009C5ECD" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
+      <w:r w:rsidRPr="009C5ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>КГУ «Сред</w:t>
+      </w:r>
+      <w:r w:rsidR="00741F8B" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>няя общеобразовательная школа №</w:t>
+      </w:r>
+      <w:r w:rsidR="00741F8B" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15818" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+      <w:r w:rsidRPr="009C5ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...71 lines deleted...]
-        <w:t>М</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B20C30" w:rsidRDefault="006E605E" w:rsidP="006E605E">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="009C5ECD" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="004578D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учителя иностранного языка</w:t>
+      </w:r>
+      <w:r w:rsidR="00741F8B" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00597B6F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00321427" w:rsidRPr="009C5ECD" w:rsidRDefault="00321427" w:rsidP="00321427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...91 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006E605E" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00A545F1" w:rsidP="007F17C8">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="00DF7B58" w:rsidP="00741F8B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="00741F8B" w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00321E87">
-[...15 lines deleted...]
-              <w:t>мекемесі</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006E605E" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="007F17C8">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="00562901" w:rsidP="009C5ECD">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...63 lines deleted...]
-                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140011</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>13</w:t>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республика Казах</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стан, Павлодарская область,</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> город Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00741F8B" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пл.Победы</w:t>
+            </w:r>
+            <w:r w:rsidR="00D15818" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00741F8B" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D15818" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00793910">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="00CB6B4F" w:rsidP="00D15818">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...52 lines deleted...]
-              <w:t>қабылдау бөлімі</w:t>
+              <w:t>62-45-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="006E605E" w:rsidP="007F17C8">
-[...4 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009C5ECD" w:rsidRDefault="006215C7" w:rsidP="00741F8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-            </w:hyperlink>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sosh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00741F8B" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="007F17C8" w:rsidP="006E605E">
+          <w:p w:rsidR="006E796D" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="00D15818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="006E605E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="004578D7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="00B20C30">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранного языка (английский язык)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00D15818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="003767AF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 16 сағат </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="006E605E" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="00B20C30" w:rsidP="009C01C3">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z1883"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z1884"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>мұғалім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>";</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z1885"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1886"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009C01C3" w:rsidRPr="009C01C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,   білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t xml:space="preserve">составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z1887"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Электронды журналдарды толтырады. </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t xml:space="preserve">проводит анализ по итогам проведения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>суммативного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t xml:space="preserve"> оценивания за четверть с комментариями; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z1888"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009C01C3">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>заполняет журналы (бумажные или электронные);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z1889"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t>обеспечивает достижение личностных, системно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>деятельностных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z1890"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009C01C3">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z1891"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009C01C3">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z1892"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді. </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t>создает условия для инклюзивного образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z1893"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009C01C3">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="009C01C3">
+              </w:rPr>
+              <w:t>адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z1894"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z1895"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="009C5ECD" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z1896"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="00E80374" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z1897"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участвует в педагогических консилиумах для родителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="00E80374" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z1898"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>консультирует родителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="00E80374" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z1899"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>повышает профессиональную компетентность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="00E80374" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z1900"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z1901"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="19" w:name="z1902"/>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="00E80374" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="00E80374" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z1903"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5ECD" w:rsidRPr="009C5ECD" w:rsidRDefault="00E80374" w:rsidP="009C5ECD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z1904"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="009C5ECD" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="006B40D9">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="009C5ECD" w:rsidRDefault="00C356D6" w:rsidP="004578D7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="004578D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>220</w:t>
             </w:r>
-            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
-            <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="006E605E" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009C5ECD" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00715E75" w:rsidRPr="009C5ECD" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009C5ECD" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001504A9" w:rsidRPr="00321E87" w:rsidRDefault="001504A9" w:rsidP="00211F66">
-[...542 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00403BBD" w:rsidRPr="00403BBD" w:rsidRDefault="00403BBD" w:rsidP="00403BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00403BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое образование по направлению "Специальное образование" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00403BBD" w:rsidRPr="00403BBD" w:rsidRDefault="00403BBD" w:rsidP="00403BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00403BBD" w:rsidRPr="00403BBD" w:rsidRDefault="00403BBD" w:rsidP="00403BBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403BBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00403BBD" w:rsidRDefault="00B1578A" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009C5ECD" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009C5ECD" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00321E87" w:rsidP="002E1342">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009C5ECD" w:rsidRDefault="004942FF" w:rsidP="004942FF">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...57 lines deleted...]
-              <w:t>.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.08</w:t>
+            </w:r>
+            <w:r w:rsidR="004578D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9.08</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="006E605E" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009C5ECD" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="009C5ECD" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00932150" w:rsidRPr="00321E87" w:rsidRDefault="00932150" w:rsidP="00932150">
-            <w:pPr>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+              </w:rPr>
+              <w:t xml:space="preserve">9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00E80374" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E80374">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1800 lines deleted...]
-              <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы;</w:t>
+              </w:rPr>
+              <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidTr="00DC10A3">
-[...100 lines deleted...]
-      <w:tr w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidTr="00D478D0">
+    </w:tbl>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidRDefault="00E50AD6" w:rsidP="00BF329F">
+          <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...52 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidRDefault="00E50AD6" w:rsidP="00F7191E">
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidRDefault="00E50AD6" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidRDefault="00E50AD6" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidRDefault="00E50AD6" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidRDefault="00E50AD6" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00E50AD6" w:rsidRPr="00321E87" w:rsidRDefault="00E50AD6" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00E50AD6" w:rsidRDefault="00E50AD6" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E80374" w:rsidRDefault="00E80374" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004578D7" w:rsidRDefault="004578D7" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00321E87" w:rsidRDefault="00321E87" w:rsidP="00F7191E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...302 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2541" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321E87">
-[...21 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00F7191E" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...124 lines deleted...]
-        <w:t>ЖСН</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="009C5ECD" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E20FE" w:rsidRPr="009C5ECD" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...56 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...251 lines deleted...]
-    <w:p w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w:rsidR="000E4CFB" w:rsidRPr="009C5ECD" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...15 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w:rsidR="000E4CFB" w:rsidRPr="009C5ECD" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
-[...23 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="009C5ECD" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...133 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>подтверждения):__________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_______</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00DF4A7D" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-        <w:t>___________</w:t>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...89 lines deleted...]
-        <w:t>__________</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...171 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...15 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
-[...8 lines deleted...]
-        <w:t>_______________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009C5ECD" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Cондай-ақ</w:t>
-[...89 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009C5ECD" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="00321427" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009C5ECD" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
-        </w:rPr>
-[...218 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00301843" w:rsidRPr="009C5ECD" w:rsidTr="004B772A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w:rsidR="00301843" w:rsidRPr="009C5ECD" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w:rsidR="00301843" w:rsidRPr="009C5ECD" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="009C5ECD" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="009C5ECD" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="009C5ECD" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="009C5ECD" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="009C5ECD" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="009C5ECD" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B695E" w:rsidRPr="00321E87" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w:rsidR="001B695E" w:rsidRPr="009C5ECD" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00321E87">
+      <w:r w:rsidRPr="009C5ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321E87">
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3023D" w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="009C5ECD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
-[...194 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B695E" w:rsidRPr="00321E87" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...120 lines deleted...]
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00610B31">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009C5ECD" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C5ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E27E1" w:rsidRPr="009C5ECD" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-              <w:t>№</w:t>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...60 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="006F7468">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="006E605E" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...45 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r w:rsidR="004B772A" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...68 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...215 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...45 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...35 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...148 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="006E605E" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...70 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
-[...14 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>отлично</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
-[...423 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...111 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="00321427" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
-[...2316 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...76 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
-[...46 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...352 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломы, грамоты </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">1 </w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 3 </w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-              <w:t>ға</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">3 </w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
-[...248 lines deleted...]
-              <w:t xml:space="preserve"> = 3</w:t>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...88 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...157 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>Алдыңғы</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00321E87">
-[...186 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Основы программирования в Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обучение работе с Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...219 lines deleted...]
-              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B772A" w:rsidRPr="009C5ECD" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C5ECD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...3206 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="009C5ECD" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="009C5ECD" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="009C5ECD" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="009C5ECD" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -18547,51 +9320,51 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -18879,54 +9652,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18992,164 +9765,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="662277E3"/>
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19218,51 +9877,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19311,850 +9970,737 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-[...112 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="000332DF"/>
     <w:rsid w:val="00044308"/>
-    <w:rsid w:val="00045D62"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
-    <w:rsid w:val="00051661"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
-    <w:rsid w:val="0008707D"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
-    <w:rsid w:val="0012246A"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001504A9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
-    <w:rsid w:val="00211F66"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E1342"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321E87"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
-    <w:rsid w:val="003767AF"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
-    <w:rsid w:val="00392795"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
-    <w:rsid w:val="003F3F33"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00403BBD"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
-    <w:rsid w:val="00424621"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="004578D7"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
-    <w:rsid w:val="004B08C8"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
-    <w:rsid w:val="00593B75"/>
     <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
-    <w:rsid w:val="005D003F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D5F10"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
-    <w:rsid w:val="006650EE"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
-    <w:rsid w:val="0069554B"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B40D9"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
-    <w:rsid w:val="006E605E"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741F8B"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00793910"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007F17C8"/>
     <w:rsid w:val="007F3DBC"/>
-    <w:rsid w:val="007F559F"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00871EB3"/>
     <w:rsid w:val="00876656"/>
-    <w:rsid w:val="00881E8D"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009C01C3"/>
     <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5ECD"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A545F1"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AB4752"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
-    <w:rsid w:val="00B02660"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
-    <w:rsid w:val="00B20C30"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B31466"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B42F37"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C24F88"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
-    <w:rsid w:val="00E50AD6"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E80374"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA6FF3"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -20189,51 +10735,50 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -20456,130 +11001,93 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
-[...34 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -20802,166 +11310,104 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
-[...34 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="252860218">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="814177345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh7@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21212,78 +11658,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D87B268-903C-443A-9156-1304BF549063}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72A3985F-FA16-4661-B9BB-C082F5354BB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1943</Words>
-  <Characters>11079</Characters>
+  <Words>2088</Words>
+  <Characters>11908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ECO</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12997</CharactersWithSpaces>
+  <CharactersWithSpaces>13969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>