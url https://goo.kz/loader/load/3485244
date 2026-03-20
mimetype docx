--- v0 (2025-12-26)
+++ v1 (2026-03-20)
@@ -1,10984 +1,17176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="6273B4B1" w14:textId="36D7FCD5" w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="00314370">
-[...80 lines deleted...]
-    <w:p w14:paraId="5CF0C69A" w14:textId="4A5B622E" w:rsidR="004B007C" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+    <w:p w:rsidR="00A828FC" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6148F">
+      <w:r w:rsidRPr="00B2204D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C071DB" w:rsidRPr="00A828FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>начальных классов</w:t>
-[...20 lines deleted...]
-        <w:t>с русским языком обучения</w:t>
+        <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 39 инновациялық үлгідегі гимназия сыныптары бар </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04684833" w14:textId="1BFFE8C0" w:rsidR="00F96C74" w:rsidRPr="00B6148F" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="00A828FC" w:rsidRDefault="00C071DB" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A828FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00A828FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00A828FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="008641E0" w:rsidRDefault="00257D47" w:rsidP="008641E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математи</w:t>
+      </w:r>
+      <w:r w:rsidR="008641E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ка</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00A828FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="00A828FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00A828FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="00B2204D" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6148F">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="2731"/>
+        <w:gridCol w:w="2417"/>
+        <w:gridCol w:w="4257"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C83FC4E" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00D92F2F" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A6F169C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72C35701" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="01FAACBC" w14:textId="77777777" w:rsidR="002442BA" w:rsidRPr="002442BA" w:rsidRDefault="002442BA" w:rsidP="002442BA">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00C071DB" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...57 lines deleted...]
-              <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 39 инновациялық үлгідегі гимназия сыныптары бар жалпы орта білім беру мектебі» </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="737B536B" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E73108F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4EF7B7" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="43822968" w14:textId="33DD7DBE" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="002442BA">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00B253A4">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...53 lines deleted...]
-              <w:t>почтовый индекс 140000</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="009A645F" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М. Горький көшесі, 33</w:t>
+            </w:r>
+            <w:r w:rsidR="00B253A4" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A645F" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="44EFBB62" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D3C2B80" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685DC29C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFFD733" w14:textId="3804CB6D" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="009A645F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...17 lines deleted...]
-              <w:t>,  тел. 67-77-02,</w:t>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A645F" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>67-77-02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="3DEF982B" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BF4822F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3307E9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="76C35061" w14:textId="7684F40C" w:rsidR="00F96C74" w:rsidRPr="00DF3DD5" w:rsidRDefault="002442BA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B2204D" w:rsidRDefault="00B253A4" w:rsidP="00B253A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
-              </w:rPr>
-[...49 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh39</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>goo.ed</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002442BA">
-[...27 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="63213BF2" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00D92F2F" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BAD7813" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38E42B33" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="245A0325" w14:textId="3DEE6560" w:rsidR="00F96C74" w:rsidRPr="00444ABB" w:rsidRDefault="00DF3DD5">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="009C3C8F" w:rsidP="00617A5F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>учитель математики</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">орыс тілде оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C3C8F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> с русским  языком обучения,</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">математика </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>мұғалімі - 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00617A5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлеме</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3 став</w:t>
-[...64 lines deleted...]
-              <w:t>16 часов</w:t>
+              <w:t>ден 16 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1C2A5F4E" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00D92F2F" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D059779" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A90A74B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="11744630" w14:textId="01E4A5B3" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
-[...191 lines deleted...]
-          <w:p w14:paraId="41F62D08" w14:textId="23B5D334" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="15E49A9E" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2096ED2F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5915E03E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="37487EE5" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7338DEE5" w14:textId="0AEF444F" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- среднее специ</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="008C52E8" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>альное образование( min): 126975,97-146489,91</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">126975,97-146489,91 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="67CBF0DF" w14:textId="32807AEE" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="005A058B">
+              <w:t>теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00B2204D" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее </w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="008C52E8" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>образование (min): 144628,73-197546,34</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t xml:space="preserve">144628,73-197546,34 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге</w:t>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="4A3D31C6" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00D92F2F" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0C5FAF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBFB6EF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="44D9BA21" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6FC64C84" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00C75E82" w:rsidRPr="00B2204D" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="25725D90" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C75E82" w:rsidRPr="00B2204D" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2F7C2FA9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="276B8578" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28AB486E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E067316" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6879E5A3" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-            <w:pPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00EB413C" w:rsidP="00932150">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.08 -9.08.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="134EE8C4" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00D92F2F" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62EC0B9B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1486304C" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AF7982A" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>РК</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CF6FE62" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00473864">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A89C3AD" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="00932150" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>әрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B2204D" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473864">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00473864">
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D478D0" w:rsidRPr="00B2204D" w:rsidTr="00D478D0">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="008641E0" w:rsidRDefault="00D478D0" w:rsidP="00EB413C">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="008641E0" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00B2204D" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00B2204D" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00B2204D" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00B2204D" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00B2204D" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20B8D252" w14:textId="6BFBD2EF" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="008641E0" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008641E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008641E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008641E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="008641E0" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008641E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008641E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="00B2204D" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2104"/>
+        <w:gridCol w:w="3214"/>
+        <w:gridCol w:w="1543"/>
+        <w:gridCol w:w="2942"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidTr="00DF4A7D">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidTr="00DF4A7D">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="00B2204D" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4A7D" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B2204D" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00B2204D" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF4A7D" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5779"/>
+        <w:gridCol w:w="4142"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="16C32D3D" w14:textId="77777777" w:rsidTr="00473864">
-[...1908 lines deleted...]
-      <w:tr w:rsidR="00473864" w14:paraId="3E7828FF" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00B2204D" w:rsidTr="006F7468">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015B220A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00301843" w:rsidRPr="00B2204D" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="20357CB4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00301843" w:rsidRPr="00B2204D" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-            <w:hideMark/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E009392" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863">
+          <w:p w:rsidR="00301843" w:rsidRPr="00B2204D" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EFDB92B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00B2204D" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B6148F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="26B5794E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00B2204D" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>назначения на должности,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1AFB7CDB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00B2204D" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CF19707" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00B2204D" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22C9A391" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772A4DB5" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w:rsidR="001B695E" w:rsidRPr="00B2204D" w:rsidRDefault="001B695E" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B695E" w:rsidRPr="00B2204D" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B2204D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE8E3FE" w14:textId="1650D37D" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00610B31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...23 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10428" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="502"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473864" w14:paraId="2AE66E9C" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="347F62E9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1602641B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C72304" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16974E09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4599733B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="006F7468">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00854F32" w:rsidRPr="00B2204D" w:rsidRDefault="0053507A" w:rsidP="0053507A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Баға</w:t>
+            </w:r>
+            <w:r w:rsidR="00854F32" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ценка</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="69124443" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00D92F2F" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="652E17C8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34534DF1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE1DACF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4594233F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5F18FF07" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5CFC92E5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>дистанционное</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="609C55D9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68964CEE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="3868F6A0" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD1BD91" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15624DDA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77516681" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08D6598E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="22364546" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="170C5A1C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="4FE9A92E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="520C2EB7" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="2553D15A" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00D92F2F" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DCA314B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40D1C391" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4869CB" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="570F5B99" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0339E809" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5F874083" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF1FD6" w:rsidRPr="00B2204D" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="62C2D7FA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="67E4825C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="4469FCE1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="31172E70" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF1FD6" w:rsidRPr="00B2204D" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="615D4B56" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF1FD6" w:rsidRPr="00B2204D" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="53201B7A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="11CAED1E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="30F74A8D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF1FD6" w:rsidRPr="00B2204D" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> до </w:t>
-[...1482 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64978EF2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="3FF2D6DA" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="1367"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9331B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78E68F38" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...48 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="006F7468" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71C90517" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="599C4D25" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5C485BCE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5EF6E618" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="40E61503" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="55C0FC50" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="679C7C4D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="79597DBF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7939F82D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="48FC376D" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62293073" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6134A203" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B383F0E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D7E07D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="2FCC0489" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="40D6CF9D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="0BE79DB1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F99591B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="05D02F4B" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE7298A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55315DE9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61EC981F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C94CD5B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="0396EBB6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="4FDD5BD0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...34 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C431D85" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="116A9C30" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB2F7A9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D3D6B3" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23E075BC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75116591" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="37725553" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>«хорошо» = 0,5 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38402F7D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="4BE80F39" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41F6A5BE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E414EBA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A761435" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF1F88A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="63D8A451" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="09249DA2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBFFA09" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="490B71FF" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="209CE363" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCC1319" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетістіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59058085" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="4320515F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-          <w:p w14:paraId="49DE884C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791F9CD4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="4CD06D52" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="72FEC9D0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="33912766" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="62A15130" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="61B4962C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">медаль </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>» = 10 баллов</w:t>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F1F9DD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="0203BE6A" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00D92F2F" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57210DE4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1EBDE5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7867BA67" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E66F4CF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00A828FC" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="0ECA788D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00415A88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D87E909" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="2B91ACF7" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64AC8833" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49F2065D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64EAF599" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="24DCEA4A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...20 lines deleted...]
-              <w:t>полиязычия</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көптілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A14EE73" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="200C9C41" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="1ED3215D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="24B3A5A8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="1AE6F2B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-          <w:p w14:paraId="28F9A09C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...29 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B934383" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="44C1B49D" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA5584D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="783929E8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...37 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4409A25E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="40A6B801" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="56EDDF9E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="7EA8A7C1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...24 lines deleted...]
-          <w:p w14:paraId="2738A4E1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="431A18B1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НЗМ ПШО, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Өрлеу</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="5B3206AE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...30 lines deleted...]
-              <w:t>0,5 балла (каждый отдельно)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29372CE2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="7C25BFC5" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="563AD50F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0C7B1D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2204D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>83</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDBD922" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w:rsidR="00610B31" w:rsidRPr="00B2204D" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F3AE146" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w:rsidR="00301843" w:rsidRDefault="00301843" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7897EB54" w14:textId="77777777" w:rsidR="00314370" w:rsidRPr="00314370" w:rsidRDefault="00F011C3" w:rsidP="00314370">
+    <w:p w:rsidR="00D92F2F" w:rsidRPr="00D92F2F" w:rsidRDefault="00D92F2F" w:rsidP="00D92F2F">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F011C3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t>Объявление</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 39 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>үлгідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гимназия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сыныптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>» КММ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F011C3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>мұғалімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>учителя начальных классов</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00314370" w:rsidRPr="00314370">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сайтында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орналастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="497C8444" w14:textId="79DBDDC1" w:rsidR="00D15008" w:rsidRPr="00314370" w:rsidRDefault="00314370" w:rsidP="00314370">
+    <w:p w:rsidR="00D92F2F" w:rsidRPr="00B2204D" w:rsidRDefault="00D92F2F" w:rsidP="00F7191E">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00314370">
-[...38 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D15008" w:rsidRPr="00314370" w:rsidSect="00314370">
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00B2204D" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="142" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01A263F5"/>
+    <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="72FCA9A6"/>
-    <w:lvl w:ilvl="0" w:tplc="35B4914C">
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...178 lines deleted...]
-      <w:start w:val="10"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -11034,269 +17226,1283 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4EC7719F"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D6B2FDE0"/>
-    <w:lvl w:ilvl="0" w:tplc="D17E851A">
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
+        <w:bCs/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="524C7E2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D15008"/>
-[...60 lines deleted...]
-    <w:rsid w:val="00FD359E"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00257D47"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D4BC4"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="00617A5F"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="008641E0"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C52E8"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A645F"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C3C8F"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A12395"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A828FC"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B2204D"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B253A4"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C071DB"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D92F2F"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB413C"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00ED605B"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F6741C"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="79FD4E9F"/>
-  <w15:docId w15:val="{C6E3370B-4F17-45E8-8B13-D65605081F70}"/>
+  <w14:docId w14:val="63686C89"/>
+  <w15:docId w15:val="{06D5FF4E-5899-4913-99D1-E44ACAAB011E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11637,379 +18843,236 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F96C74"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D15008"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00456CEA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="a"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C301E5"/>
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C301E5"/>
+    <w:rsid w:val="00E702C2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00352373"/>
+    <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-[...9 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="FollowedHyperlink"/>
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00532E77"/>
+    <w:rsid w:val="00AC5698"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-[...22 lines deleted...]
-      <w:bCs/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="177474224">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="788625376">
+    <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="808205688">
+    <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304508421">
-[...129 lines deleted...]
-    <w:div w:id="2135056280">
+    <w:div w:id="1579510012">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -12064,86 +19127,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -12279,82 +19340,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96D1B111-6CBE-429B-B026-693FD8C5CBF5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4D6155A-B5C0-4242-9BAF-8A83BA283CE7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>10801</Characters>
+  <Pages>1</Pages>
+  <Words>1712</Words>
+  <Characters>9761</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>81</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12670</CharactersWithSpaces>
+  <CharactersWithSpaces>11451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Uchitel</dc:creator>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>