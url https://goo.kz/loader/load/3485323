--- v0 (2025-12-12)
+++ v1 (2026-01-08)
@@ -1,10621 +1,16870 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3089E6D7" w14:textId="77777777" w:rsidR="000E0876" w:rsidRDefault="00321427" w:rsidP="000E0876">
+    <w:p w14:paraId="402CE1F6" w14:textId="5CC46F02" w:rsidR="003E3EEA" w:rsidRPr="00445F99" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14E05" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>28</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE63BD0" w14:textId="54DF12B5" w:rsidR="00321427" w:rsidRPr="00C41216" w:rsidRDefault="00321427" w:rsidP="000E0876">
+    <w:p w14:paraId="14E572B6" w14:textId="0465A6CE" w:rsidR="00D70D9E" w:rsidRPr="00445F99" w:rsidRDefault="00D64206" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>музыкального руководителя</w:t>
+        <w:t xml:space="preserve">Музыкалық жетекшінің </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>вакантную должность</w:t>
+        <w:t>лауазымына</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="43D2A5AD" w14:textId="22D45189" w:rsidR="00B00AEE" w:rsidRPr="00445F99" w:rsidRDefault="00B00AEE" w:rsidP="00D64206">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бос лауазымына)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032AA496" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00445F99" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="1A06191C" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00B53A95" w14:paraId="1D580698" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4A919FDC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="15F8AD97" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAE9A28" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="00283BF3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...12 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="785CC532" w14:textId="60DA897B" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w14:paraId="22908556" w14:textId="62111D88" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E93223" w:rsidRPr="00E93223">
+              <w:t xml:space="preserve">Павлодар қаласының № </w:t>
+            </w:r>
+            <w:r w:rsidR="00D14E05" w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> города Павлодара</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="1B2F5A9D" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w14:paraId="2A6A46E0" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="76FE0A14" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="5501A89E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD5A957" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="3BAEA677" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
-[...7 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="41CE1CB0" w14:textId="6378F766" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="363500BE" w14:textId="1BEC8206" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
-            <w:r w:rsidR="00646F7A">
+            <w:r w:rsidR="00445F99" w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidR="00D64206">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қаласы</w:t>
+            </w:r>
+            <w:r w:rsidR="00D14E05" w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00E93223">
-[...51 lines deleted...]
-              <w:t>Торайгырова,24</w:t>
+            <w:r w:rsidR="00445F99" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайғыров көшесі, 24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="4CBC342F" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w14:paraId="66124515" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="02B4083D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="4A2DCEA6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FACBF69" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="5A5D96E3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
-[...7 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="31380247" w14:textId="10DE0E49" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="53726179" w14:textId="0E25B801" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00E93223">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidR="00932150" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00E93223">
-[...15 lines deleted...]
-              <w:t>53-05-12</w:t>
+            <w:r w:rsidR="00932150" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 53</w:t>
+            </w:r>
+            <w:r w:rsidR="00445F99" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="44BC14DA" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w14:paraId="2898B9C3" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6B2AD978" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="65F12692" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65E5CE19" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="6F61971D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
-[...7 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3C207883" w14:textId="6B88D034" w:rsidR="00CB6B4F" w:rsidRPr="00CF07B3" w:rsidRDefault="00CF07B3" w:rsidP="00321427">
+          <w:p w14:paraId="0DEF18D7" w14:textId="3B7D9FDB" w:rsidR="00CB6B4F" w:rsidRPr="00756A2B" w:rsidRDefault="00756A2B" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sosh28@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="5C616996" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00445F99" w14:paraId="0DDBD392" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7E78D22C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="061B3686" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C23E029" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="5D076D7F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="075B809B" w14:textId="0113A1E8" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="001B520D" w:rsidP="00321427">
+          <w:p w14:paraId="01009189" w14:textId="07B38B57" w:rsidR="008E7665" w:rsidRPr="00756A2B" w:rsidRDefault="00D64206" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...83 lines deleted...]
-              <w:t>16 часов</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Музыкалық жетекші, </w:t>
+            </w:r>
+            <w:r w:rsidR="00756A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 </w:t>
+            </w:r>
+            <w:r w:rsidR="00756A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="26DF8086" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00B53A95" w14:paraId="1873072A" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="201C90F0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="45502E41" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02F0FAD1" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="300B4B05" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="51CCBB06" w14:textId="5948C21E" w:rsidR="00C90B4E" w:rsidRPr="00CF07B3" w:rsidRDefault="00C90B4E" w:rsidP="001B520D">
-[...10 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="240AF5D0" w14:textId="2BFA7763" w:rsidR="00D64206" w:rsidRPr="00B53A95" w:rsidRDefault="00D64206" w:rsidP="00D64206">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B53A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқушыларды музыкалық тәрбиелеу мен эстетикалық дамытуды жүзеге асырады, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2158ECD3" w14:textId="4C86F9ED" w:rsidR="00D64206" w:rsidRPr="00B53A95" w:rsidRDefault="00D64206" w:rsidP="00D64206">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B53A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-музыкалық аспапта орындау техникасын кәсіби меңгерген.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C53AD3B" w14:textId="33D9D691" w:rsidR="00D64206" w:rsidRPr="00B53A95" w:rsidRDefault="00D64206" w:rsidP="00D64206">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B53A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-музыкалық және басқа да мәдени-бұқаралық іс-шараларды ұйымдастырады және өткізеді; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2637FC63" w14:textId="77777777" w:rsidR="00D64206" w:rsidRPr="00B53A95" w:rsidRDefault="00D64206" w:rsidP="00D64206">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B53A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-балалармен жеке жұмыс жүргізеді,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D776538" w14:textId="4CDA18E3" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="00D64206" w:rsidP="00D64206">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B53A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- музыкалық дарынды балаларды анықтайды.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...176 lines deleted...]
-              <w:t xml:space="preserve"> и проводит музыкальные и другие культурно-массовые мероприятия; ведет индивидуальную работу с детьми, выявляет музыкально одаренных детей.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7C8C89F7" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00445F99" w14:paraId="4B2413AA" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="67525EA2" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="0FE68671" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E055167" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="19C048A9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0D10D37C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="00B04A4C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="598DE136" w14:textId="19C4C530" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="061F035B" w14:textId="4F355189" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00756A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>102820</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...10 lines deleted...]
-          <w:p w14:paraId="3305B20E" w14:textId="3A0D93F0" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED060F2" w14:textId="6FF13D5B" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00756A2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>126976</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7B4E8D35" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00B53A95" w14:paraId="792D72B0" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3695C27D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="421342FD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A5315B2" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00E93223" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w14:paraId="77FDC2C4" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="507410CD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00715E75" w:rsidP="00321427">
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D25D7C1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB558B9" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w14:paraId="0FD2FF60" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00445F99" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3B19794A" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білімі немесе жұмыс өтіліне талап қойылмайды немесе тиісті бейін бойынша техникалық және кәсіптік педагогикалық білімі болуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C9BCDCF" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00445F99" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="5B4EDBAE" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) бар болған жағдайда біліктілігі жоғары деңгейдегі педагогикалық жұмыс өтілі үшін педагог-шебер – 5 жыл.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7033400F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...22 lines deleted...]
-              <w:t>га-исследователя не менее 4 лет</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7B97E1B3" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00445F99" w14:paraId="4763367F" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8C12C8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="5F95B1DD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB9451F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="0CD542BB" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D9D6E28" w14:textId="7A633F65" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00CF07B3" w:rsidP="00321427">
-            <w:pPr>
+          <w:p w14:paraId="6C6DB26F" w14:textId="201022F7" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00756A2B" w:rsidP="00932150">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>02.08-09.08.2022</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02.08</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>09.08</w:t>
+            </w:r>
+            <w:r w:rsidR="00445F99" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="296B4D19" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00B53A95" w14:paraId="098D5503" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CBA82D2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="442E8ED0" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A397041" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="492991E3" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38944FC5" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="5ACE8083" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F2513A2" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6EF2DD" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1767C6EE" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0347463F" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...38 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="605E91B0" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...71 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2707ECA0" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19F2D063" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="760D7EE1" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...10 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...11 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="133137F1" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="7EC965E3" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>әрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ҰБТ) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F56A1E4" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...13 lines deleted...]
-              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...78 lines deleted...]
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="58FD600B" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00D478D0" w:rsidRPr="00445F99" w14:paraId="1157B988" w14:textId="77777777" w:rsidTr="00D478D0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="305D7435" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="1FBCD014" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00B53A95" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="298745E4" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00B53A95" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C3FEE59" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="3F5237BB" w14:textId="77777777" w:rsidR="00445F99" w:rsidRPr="00445F99" w:rsidRDefault="00445F99" w:rsidP="00F7191E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+          </w:p>
+          <w:p w14:paraId="687E7EB3" w14:textId="5A1C3A28" w:rsidR="00445F99" w:rsidRDefault="00445F99" w:rsidP="00445F99">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BA77EB0" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07F00234" w14:textId="1D91270F" w:rsidR="00B53A95" w:rsidRDefault="00B53A95" w:rsidP="00445F99">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64943DB1" w14:textId="77777777" w:rsidR="00B53A95" w:rsidRPr="00445F99" w:rsidRDefault="00B53A95" w:rsidP="00445F99">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45910AC4" w14:textId="760CEA1E" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="33B3DBD0" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6856D59C" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1604850B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="664DA014" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4670BF9A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B031A5F" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>государственных организаций образования</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E735128" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5117990F" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B5A7139" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...61 lines deleted...]
-    <w:p w14:paraId="1704C089" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w14:paraId="6D754B27" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2C5AF9D3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="47D11293" w14:textId="57CF9854" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E93223">
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_</w:t>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="392ED404" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...37 lines deleted...]
-    <w:p w14:paraId="5488786A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w14:paraId="3AC27189" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128067FB" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="508A7055" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6321CA1E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="6A04455E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2253DB1C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...69 lines deleted...]
-    <w:p w14:paraId="35456509" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="40E614D8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00D64206" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00D64206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
-      <w:r w:rsidR="002B689D" w:rsidRPr="00E93223">
+    </w:p>
+    <w:p w14:paraId="55BA794F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64206">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DCCB98B" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64206">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F6EE46" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00D64206" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E93223">
+      </w:pPr>
+      <w:r w:rsidRPr="00D64206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4241E0E3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="591FD91B" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00D64206">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
-[...5 lines deleted...]
-        <w:t>_</w:t>
+    </w:p>
+    <w:p w14:paraId="35D8CD4E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
+    </w:p>
+    <w:p w14:paraId="594903C6" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745D3D67" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="6122A5FC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3809898F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w14:paraId="09469356" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60EF1794" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w14:paraId="738EF519" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00E93223">
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F68606E" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w14:paraId="4E5DBC63" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724849BA" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="7D1108FD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5A4168BE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="1192C8C0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E93223">
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5C2AC0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
-[...29 lines deleted...]
-    <w:p w14:paraId="5CE0C68A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w14:paraId="472C2486" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00445F99" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="362D7E37" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w14:paraId="0381FA0E" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...15 lines deleted...]
-        <w:t>_____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4FD4E8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="2C62A89B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="33A7825A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="5FEAFAA7" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4087C5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="549EC949" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A55893" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="6A9CCF95" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C43C83B" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w14:paraId="1CD46DB5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F656E8C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="1C8185C8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="6DDF84FB" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00445F99" w14:paraId="2D5879E5" w14:textId="77777777" w:rsidTr="00DF4A7D">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="714EFF72" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w14:paraId="2FF61902" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
-[...4 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F2A22EB" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EAAABBA" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="5E8A45E5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>учебного</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C1E1AF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="79A848B1" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78FBADA5" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="47F99AB9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A41802F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4DB17EC0" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="35E4B600" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00445F99" w14:paraId="4AAFB971" w14:textId="77777777" w:rsidTr="00DF4A7D">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32FD7F54" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="3649207B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="420A93F4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="2E6FE3CE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ADADAB3" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="15831681" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2904BD73" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="6102FCF9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2226F3F2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="526A0DD9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B694B80" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w14:paraId="49A229F4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D305399" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00445F99" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72040C3D" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20568383" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FFFC1A" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44773E2C" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D98F7D3" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60682B53" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1752E88B" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AFEAB8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11CC86F6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E625758" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBDABDA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00769ECB" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61B687FE" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328C0899" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4132950C" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8CC16E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE56B28" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00E93223">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="524CC156" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A1D7FB" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>___</w:t>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2144C042" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="0CE7ACED" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="65906709" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w14:paraId="2EE1B36D" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...644 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00E93223" w14:paraId="497CF979" w14:textId="77777777" w:rsidTr="004B772A">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00445F99" w14:paraId="672E407B" w14:textId="77777777" w:rsidTr="006F7468">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6B4790" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00E93223" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="23AD2056" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6AA55F5D" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00E93223" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43BE3E83" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65485CF5" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+          <w:p w14:paraId="7470F510" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="24230B9B" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C765FF9" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6F8102A9" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="544CA25B" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="435006EE" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AFD612A" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E93223">
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7026A3E9" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05855583" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E93223">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A7B77EA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="746C89DE" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DB4277F" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
+    <w:p w14:paraId="02F20C07" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00445F99" w:rsidRDefault="001B695E" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E93223">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E93223">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC41E1F" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00445F99" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B695E" w:rsidRPr="00E93223">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
+        <w:t>жағдайда</w:t>
       </w:r>
-      <w:r w:rsidR="00610B31" w:rsidRPr="00E93223">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445F99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135C04A9" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+    <w:p w14:paraId="70C439DE" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00610B31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="53B26973" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="57CD2D53" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EAD654D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="32ECE9BE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1405FA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="45CFEDAC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24361AD8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="54DDBC8B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB08DD6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="59971143" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="723E1B83" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w14:paraId="137E1F58" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="006F7468">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68852AF0" w14:textId="77777777" w:rsidR="00854F32" w:rsidRPr="00445F99" w:rsidRDefault="0053507A" w:rsidP="0053507A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
+            </w:r>
+            <w:r w:rsidR="00854F32" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B53A95" w14:paraId="23C3722B" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7550B7D2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...37 lines deleted...]
-                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31B851D9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="34A8D7FE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0728BD97" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="4C7309E8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40FDEF78" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="744FF2ED" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="68D8AF79" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A2772A6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="5BD0AFD7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16660A39" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="6FF6A0BF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A2DDDC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6381B0D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7A2620C0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="6BA6D3F0" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="5B38F9E7" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49A5B8B6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="1BFF9E62" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75AC0D62" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="386BE95F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="648A6A27" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="1EE4BE33" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D173642" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="48617874" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="6E893E84" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар маман = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E56D062" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="2230452B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43851C10" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="30DA35CC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64927132" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4EAF46" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="610D6DC5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="4210D8FB" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B53A95" w14:paraId="704C5BE8" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1D9146" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="33D7FCDE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="000CA459" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5B2AA1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="000999B1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="537F5A99" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="0B59C6FD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57C37FF0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="0E339513" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6BEAA99C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2479C269" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E24020B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="766F6045" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29CD3612" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A025E2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ADA24AB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DBD9E97" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7A0B54" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B1174C0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47B8BE7E" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00445F99" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1570D253" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="02100AA9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="244178DF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...8 lines deleted...]
-          <w:p w14:paraId="3C759B29" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          </w:p>
+          <w:p w14:paraId="7EC6B7C2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="06CE3C5B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="288488E3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="30EE2BFA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F84263B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="3C19E326" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BBBA75D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="482BEDAA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39104D10" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...21 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="584969D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="41693415" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="136DA00B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BFFD83A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="6FA1780C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="211717AB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="20874B17" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DF3B27F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...67 lines deleted...]
-          <w:p w14:paraId="01586609" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59136E87" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00445F99" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="374F0EFB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59841A51" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BF27722" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FD127CB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75F08BC8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="282F6D38" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E7DD709" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CAF3800" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69045FFE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E3872F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EC61634" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="304E9398" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51810BBA" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00445F99" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EABD2C8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="6EFE975D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C2384C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35F675D4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B132507" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="388048C6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C74957E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F97DA25" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...8 lines deleted...]
-          <w:p w14:paraId="3801AA78" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          </w:p>
+          <w:p w14:paraId="4F9868F9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="32F595C9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="250006C1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...33 lines deleted...]
-          <w:p w14:paraId="128011D8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D0FDBFB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="56394C6E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3476D2B3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...50 lines deleted...]
-          <w:p w14:paraId="6F36044E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7DDE70" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00445F99" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="06501734" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70CB5E7A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...298 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...1146 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23D1C8CB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="44F46ED3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="3558F91D" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="1F8DFEEF" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="1367"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B60E8BB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="3C6EC985" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCD15B6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="0135BF13" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...48 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="006F7468" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Санаты.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB645C2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="05EFE185" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6E1B50" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="5EAB65D6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="311A8310" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="706EA2C1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="6122BCBA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F66C929" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="0CAF0317" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05401E43" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="311642D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D5A731" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="3E0E7EB5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A7BB4C8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="4D1FA85D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66D3160D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="528AE3FB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4B01CFCE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="57B253F7" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="41334633" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31599AB6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="2579DC49" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55911567" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="4F049E9B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39EEEFBA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w14:paraId="7F458216" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6F8E36" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+          <w:p w14:paraId="289C87C5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="38AF66B7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18115B1F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="3C043DB1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE183D5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="09BF8685" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="228B7ED6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13986048" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5C8DA657" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="201E227A" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="7C1BB31D" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4C1234" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="6718F043" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54634F2C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="42C61D18" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E1359D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w14:paraId="45570AFE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...38 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD2675B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+          <w:p w14:paraId="374D93FB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="54D3E50D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3632D8A1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="6007049A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57AD6729" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...34 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60CFD4A8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="325B8575" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="448BA97A" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="1BA0A343" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1D55F2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="4DB36907" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63770485" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="76D1175E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67F559D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="4E7A6B95" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A83E8FD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="497E057A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="02A4E4B4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="418E1CFC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00321427" w:rsidP="004B772A">
+          <w:p w14:paraId="0AE67688" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03FAB8AE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="465DE82B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="072F5401" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="5DD8FB68" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF184FD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="7CA4103C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1887A552" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="3D0FD844" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...35 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26DDF23D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w14:paraId="23E875F5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA2D186" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="2801F5E5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="204CC079" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E432D60" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...42 lines deleted...]
-          <w:p w14:paraId="3B809DAD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2230BE41" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...13 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="502DC6C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="42FF7930" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="3D5BA826" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="26B56A02" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB65513" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="68319DDE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16EA81E9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="52824CBA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетістіктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D86907A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="6BC657CE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="6E616113" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33236AAE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...8 lines deleted...]
-          <w:p w14:paraId="28D5FE0E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C05DF7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t>- государственная награда</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34802525" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="1EE1B4E2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="331DCFEA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53E50829" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="19BE04D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1476E05E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="29CBCAB3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8A36F6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...8 lines deleted...]
-          <w:p w14:paraId="0A2C09C6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="646B59C6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...8 lines deleted...]
-          <w:p w14:paraId="567FB51D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="055FFC0A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">медаль </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E93223">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E93223">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E93223">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> = 10 баллов</w:t>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C53FE9C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4E54CFD1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="142880B6" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00B53A95" w14:paraId="42A6433C" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="004E8EDA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="18B0837B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60CAFAE3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="46B0B45D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6607D16C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="040433D9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...12 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54FA073B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+          <w:p w14:paraId="3045BA10" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="16F44AF6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DFFD46C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="34EC81C1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A85208E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00415A88">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="703AA067" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="403EC206" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="5EAC3FFD" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="01513014" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70DE922B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="7F6E3394" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="259A6379" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="41BDAC5A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE6E982" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="2489CEA4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="6B98DDD1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="55C92A2A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...20 lines deleted...]
-              <w:t>полиязычия</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көптілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6282809A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+          <w:p w14:paraId="21637D21" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="438C8084" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C415BC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="002B295D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D82905B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="12DE8D5C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E8E2B5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...9 lines deleted...]
-          <w:p w14:paraId="7EE1BB37" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454DEB22" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...17 lines deleted...]
-          <w:p w14:paraId="34D82F6A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="594245BA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...29 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="649FB9EA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5E79CA42" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="7D777CC2" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="3749A59F" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="111FC207" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="22AE2A89" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="-142" w:right="-75"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A63365A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="0EA29740" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
-[...37 lines deleted...]
-            </w:r>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B28C9D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="0E912A30" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="06D38729" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="720C2A8B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="7BF4EBC2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57C91A68" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="7E0576B2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5906EC69" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...24 lines deleted...]
-          <w:p w14:paraId="32A7895E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79A84FCF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E93223">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E93223">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Python-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microsoft-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="604DBAFB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="490AA5F8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НЗМ ПШО, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
-            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E93223">
-[...8 lines deleted...]
-          <w:p w14:paraId="210B153D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="388DF8FB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="141"/>
-[...30 lines deleted...]
-              <w:t>0,5 балла (каждый отдельно)</w:t>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="413A87C6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="39957F83" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B772A" w:rsidRPr="00E93223" w14:paraId="21D96CD9" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00610B31" w:rsidRPr="00445F99" w14:paraId="333DABED" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BFA29C4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="1F63A738" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="772137D0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+          <w:p w14:paraId="4D12DCBF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="851"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445F99">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>83</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50673141" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="67AB5736" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D317954" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
+    <w:p w14:paraId="5FF97FDB" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E0863B4" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+    <w:p w14:paraId="01AAEFD2" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidSect="00247927">
+    <w:p w14:paraId="15BEF70D" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidSect="00445F99">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="709" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -10966,54 +17215,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F1137A4"/>
+    <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0B694EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11284,700 +17533,678 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1814131986">
+  <w:num w:numId="1" w16cid:durableId="1535656614">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="632175869">
+  <w:num w:numId="2" w16cid:durableId="2044745841">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="109707540">
+  <w:num w:numId="3" w16cid:durableId="2066373149">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="396171556">
+  <w:num w:numId="4" w16cid:durableId="1232498051">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="42533509">
+  <w:num w:numId="5" w16cid:durableId="1118796478">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="86780839">
+  <w:num w:numId="6" w16cid:durableId="1039628652">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
-    <w:rsid w:val="000E0876"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
-    <w:rsid w:val="001B520D"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F50F6"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
-    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
-    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002B79DF"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E3529"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00445F99"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B772A"/>
+    <w:rsid w:val="004B491C"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
-    <w:rsid w:val="005F4AF4"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
-    <w:rsid w:val="00646F7A"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
-    <w:rsid w:val="006571DD"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00756A2B"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
-    <w:rsid w:val="009233B0"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7B3B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A45400"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B53A95"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
-    <w:rsid w:val="00C41216"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C622F3"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C90B4E"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CF07B3"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14E05"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D64206"/>
+    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
-    <w:rsid w:val="00E93223"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
@@ -11995,64 +18222,64 @@
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="491836BA"/>
-  <w15:docId w15:val="{1E610276-E4D6-4E7F-994F-C113E324AF42}"/>
+  <w14:docId w14:val="74C8C507"/>
+  <w15:docId w15:val="{1D2F8351-9557-4C2C-B157-BE5B66A92A0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12398,51 +18625,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -12887,79 +19113,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0860B0C5-4C16-4A20-8797-FB42EFC0F8AA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A767BDB-4C54-4E39-BCF7-341E00FBCA7E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1766</Words>
-  <Characters>10068</Characters>
+  <Words>1649</Words>
+  <Characters>9402</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11811</CharactersWithSpaces>
+  <CharactersWithSpaces>11029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>