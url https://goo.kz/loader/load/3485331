--- v0 (2025-12-09)
+++ v1 (2025-12-31)
@@ -1,16882 +1,10437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6A4F7DCF" w14:textId="6A59DBD1" w:rsidR="007B615E" w:rsidRDefault="00DF4A7D" w:rsidP="007B615E">
+    <w:p w14:paraId="25D415E8" w14:textId="6992E4CF" w:rsidR="00321427" w:rsidRPr="00E93223" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="00E93223" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E572B6" w14:textId="22350460" w:rsidR="00D70D9E" w:rsidRPr="007B615E" w:rsidRDefault="00B36215" w:rsidP="007B615E">
+    <w:p w14:paraId="7BE63BD0" w14:textId="7EBC498D" w:rsidR="00321427" w:rsidRPr="00FD46E4" w:rsidRDefault="00321427" w:rsidP="00FD46E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Технология (ұлдар)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="004D76F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">технологии (мальчики) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91510">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> (бос лауазымына)</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00B36215" w14:paraId="1D580698" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="1A06191C" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="15F8AD97" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4A919FDC" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00283BF3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4FAE9A28" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22908556" w14:textId="62111D88" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="785CC532" w14:textId="60DA897B" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының № </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D14E05" w:rsidRPr="00445F99">
+              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00445F99">
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w14:paraId="2A6A46E0" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="1B2F5A9D" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5501A89E" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="76FE0A14" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BAEA677" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0AD5A957" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="363500BE" w14:textId="18A2114D" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="41CE1CB0" w14:textId="6378F766" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
-            <w:r w:rsidR="00445F99" w:rsidRPr="00445F99">
+            <w:r w:rsidR="00646F7A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA4B1E" w:rsidRPr="00445F99">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">             </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007B615E">
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BA4B1E" w:rsidRPr="00445F99">
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар қаласы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D14E05" w:rsidRPr="00445F99">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00445F99" w:rsidRPr="00445F99">
+              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Торайғыров көшесі, 24</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Торайгырова,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w14:paraId="66124515" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="4CBC342F" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A2DCEA6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="02B4083D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A5D96E3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4FACBF69" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53726179" w14:textId="0E25B801" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="31380247" w14:textId="10DE0E49" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00445F99">
+            <w:r w:rsidR="00932150" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00445F99">
+            <w:r w:rsidR="00932150" w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 53</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00445F99" w:rsidRPr="00445F99">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-05-12</w:t>
+              <w:t>53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w14:paraId="2898B9C3" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="44BC14DA" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="65F12692" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="6B2AD978" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F61971D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="65E5CE19" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E93223" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DEF18D7" w14:textId="00B72F72" w:rsidR="00CB6B4F" w:rsidRPr="00445F99" w:rsidRDefault="00D92B88" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3C207883" w14:textId="0EE3ED1A" w:rsidR="00CB6B4F" w:rsidRPr="00F91510" w:rsidRDefault="00F91510" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...24 lines deleted...]
-              <w:t>goo.edu.kz</w:t>
+              <w:t>Sosh28@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00B36215" w14:paraId="0DDBD392" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="5C616996" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="061B3686" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="7E78D22C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D076D7F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="7C23E029" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01009189" w14:textId="09ABB207" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="00B36215" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="075B809B" w14:textId="7474E79C" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="008E7665" w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="004D76F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологии (мальчики)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="008E7665" w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004D76F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> сағат</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00B36215" w14:paraId="1873072A" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="26DF8086" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="45502E41" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="201C90F0" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="300B4B05" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="02F0FAD1" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C49C10E" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="71D2DD2B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="747FFF70" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="417BB222" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="6D776538" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;</w:t>
+            </w:r>
+            <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="416DA854" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00445F99" w14:paraId="4B2413AA" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7C8C89F7" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0FE68671" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="67525EA2" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19C048A9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5E055167" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00B04A4C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00445F99" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w14:paraId="0D10D37C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="598DE136" w14:textId="1CD00C60" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00F91510">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>102820</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3305B20E" w14:textId="4386F6F4" w:rsidR="004F2A50" w:rsidRPr="00E93223" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F91510">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26976</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7B4E8D35" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3695C27D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5315B2" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00E93223" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="507410CD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB558B9" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B19794A" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B4EDBAE" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>га-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00B36215" w14:paraId="792D72B0" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="7B97E1B3" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="421342FD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0F8C12C8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>3</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77FDC2C4" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...21 lines deleted...]
-          <w:p w14:paraId="5D25D7C1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0BB9451F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD2FF60" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00445F99" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="5D9D6E28" w14:textId="3DCC56A5" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00F91510" w:rsidP="00321427">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...56 lines deleted...]
-              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>02.08-09.08.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00445F99" w14:paraId="4763367F" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E93223" w14:paraId="296B4D19" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F95B1DD" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0CBA82D2" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>4</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD542BB" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00445F99" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w14:paraId="6A397041" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6DB26F" w14:textId="5E0B96E3" w:rsidR="00B1578A" w:rsidRPr="00D92B88" w:rsidRDefault="00D92B88" w:rsidP="00932150">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="38944FC5" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...21 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CC51075" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1534D1" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...190 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B980760" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625FB25C" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C4A4E03" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="199F93B9" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F2D063" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133137F1" w14:textId="77777777" w:rsidR="00470938" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...294 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="623BC116" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E93223" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1956 lines deleted...]
-              <w:t>Бағалау парағы;</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D478D0" w:rsidRPr="00445F99" w14:paraId="1157B988" w14:textId="77777777" w:rsidTr="00D478D0">
+    </w:tbl>
+    <w:p w14:paraId="3B3D0E61" w14:textId="6324D6B9" w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="174E6ECC" w14:textId="36FD37B1" w:rsidR="00F91510" w:rsidRDefault="00F91510">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B4E41E4" w14:textId="77777777" w:rsidR="00F91510" w:rsidRPr="00E93223" w:rsidRDefault="00F91510">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="58FD600B" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FBCD014" w14:textId="7DA8631E" w:rsidR="00D478D0" w:rsidRPr="00233E48" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
+          <w:p w14:paraId="305D7435" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...67 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5237BB" w14:textId="77777777" w:rsidR="00445F99" w:rsidRPr="00445F99" w:rsidRDefault="00445F99" w:rsidP="00F7191E">
+          <w:p w14:paraId="0C3FEE59" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...66 lines deleted...]
-          <w:p w14:paraId="45910AC4" w14:textId="760CEA1E" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA77EB0" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6856D59C" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33B3DBD0" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="664DA014" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1604850B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B031A5F" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4670BF9A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5117990F" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00445F99" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E735128" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D754B27" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="0B5A7139" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27B6486A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1704C089" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5AF9D3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_________________________________________________________________________________________________________________________________________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC27189" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="392ED404" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5488786A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7191E" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508A7055" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="128067FB" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A04455E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="6321CA1E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E614D8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="007B615E" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="2253DB1C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06097E78" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35456509" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B615E">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BA794F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4241E0E3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B615E">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F6EE46" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="007B615E" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...84 lines deleted...]
-    <w:p w14:paraId="6122A5FC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="745D3D67" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09469356" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="3809898F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00E93223" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738EF519" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
+    <w:p w14:paraId="60EF1794" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00E93223" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00445F99">
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F68606E" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724849BA" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_____________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4168BE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>____</w:t>
-[...41 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1108FD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...20 lines deleted...]
-    <w:p w14:paraId="1192C8C0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="1A5C2AC0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="472C2486" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00445F99" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="5CE0C68A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0381FA0E" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="362D7E37" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C62A89B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="0A4FD4E8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A7825A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="549EC949" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="3C4087C5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9CCF95" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="12A55893" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CD46DB5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="6C43C83B" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8185C8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7F656E8C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00445F99" w14:paraId="2D5879E5" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="6DDF84FB" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF61902" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="714EFF72" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8A45E5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="7EAAABBA" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="748AED63" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79A848B1" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="10C1E1AF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47F99AB9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="78FBADA5" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00445F99">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A41802F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мамандығы</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00445F99" w14:paraId="4AAFB971" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00E93223" w14:paraId="35E4B600" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3649207B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="32FD7F54" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6FE3CE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="420A93F4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15831681" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="2ADADAB3" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6102FCF9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="2904BD73" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="526A0DD9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="2226F3F2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49A229F4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="4B694B80" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21825D5F" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2144C042" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65906709" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCDB3E9" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417BE436" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48EEBB1E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098D3D07" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6AE1D4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416642E7" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B217D4D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED09D3C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442CCB5B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0582439E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7168CAE7" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3CFD32" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>___________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00445F99">
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>___</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00445F99">
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ACA5BFB" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_______</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D305399" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00445F99" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="3037667B" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E93223" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72040C3D" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+    <w:p w14:paraId="58633C4C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00E93223" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="720D119D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A69A459" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00321427" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="20568383" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00445F99" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="41D2F553" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...30 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...723 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                              </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00445F99">
-[...33 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0CE7ACED" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00445F99" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w14:paraId="551A48E4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00E93223" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00445F99" w14:paraId="672E407B" w14:textId="77777777" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00E93223" w14:paraId="497CF979" w14:textId="77777777" w:rsidTr="004B772A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23AD2056" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="6C6B4790" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00E93223" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="43BE3E83" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AA55F5D" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00E93223" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7470F510" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="65485CF5" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2C765FF9" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24230B9B" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="544CA25B" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F8102A9" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1AFD612A" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="435006EE" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00445F99">
+            <w:r w:rsidRPr="00E93223">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="05855583" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7026A3E9" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="156B1E7A" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="746C89DE" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="5A7B77EA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02F20C07" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00445F99" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w14:paraId="4DB4277F" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00445F99">
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00445F99">
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...211 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Т</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ә</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3023D" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>А</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...45 lines deleted...]
-        <w:t>))</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C439DE" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00610B31">
+    <w:p w14:paraId="135C04A9" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00E93223" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2B92D9" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="57CD2D53" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="53B26973" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32ECE9BE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+          <w:p w14:paraId="3EAD654D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1405FA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24361AD8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB08DD6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="723E1B83" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...211 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00B36215" w14:paraId="23C3722B" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="01698F29" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E843A2A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31B851D9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0728BD97" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FDEF78" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D8AF79" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BD0AFD7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FF6A0BF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6381B0D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="6BA6D3F0" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49A5B8B6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75AC0D62" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="648A6A27" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D173642" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E893E84" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2230452B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30DA35CC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4EAF46" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="4210D8FB" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7A1D9146" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B5B2AA1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="537F5A99" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C37FF0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02100AA9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C759B29" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06CE3C5B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30EE2BFA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C19E326" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="482BEDAA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="584969D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="136DA00B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FA1780C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20874B17" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01586609" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="374F0EFB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EFE975D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3801AA78" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F595C9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="128011D8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56394C6E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F36044E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06501734" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4996EAE6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DBE5E8F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3E6818" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342C39E2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FB572CA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F016123" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F84691" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B8141F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E8D53C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40492ED2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529607D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B72C2D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E26A438" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B76EB6F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C32DB29" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="460EABEE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BE6A300" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A08132A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D3F5C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5888534B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00F03E17" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B8AA3AB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B58A26" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F81AD88" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CEB14CE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118A15A1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="796C7F73" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5262674C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2421A6A7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A03188E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D1C8CB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="3558F91D" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7550B7D2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1B60E8BB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34A8D7FE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6FCD15B6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r w:rsidR="004B772A" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29C6E7C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C7309E8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...48 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4EB645C2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="419F1179" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="744FF2ED" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...204 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="0E6E1B50" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="311A8310" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6122BCBA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CAF0317" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="311642D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0E7EB5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D1FA85D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2620C0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="528AE3FB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="5B38F9E7" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="57B253F7" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BFF9E62" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="31599AB6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="386BE95F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="55911567" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE4BE33" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="39EEEFBA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48617874" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...35 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1E6F8E36" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38AF66B7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...108 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C043DB1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09BF8685" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610D6DC5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="13986048" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00B36215" w14:paraId="704C5BE8" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="201E227A" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F4C1234" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54634F2C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00E1359D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD2675B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D3E50D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6007049A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084882D5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CFD4A8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="448BA97A" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33D7FCDE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="3F1D55F2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="000999B1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="63770485" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B59C6FD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="67F559D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E339513" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="4A83E8FD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>отлично</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
-[...399 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E7A0B54" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...109 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="418E1CFC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="00321427" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00445F99">
-[...2030 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44F46ED3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="03FAB8AE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="1F8DFEEF" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="072F5401" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6EC985" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="3CF184FD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0135BF13" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...45 lines deleted...]
-              <w:t>Санаты.</w:t>
+          <w:p w14:paraId="1887A552" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05EFE185" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="26DDF23D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
-[...46 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAB65D6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...333 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="2BA2D186" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="204CC079" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B809DAD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B01CFCE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="502DC6C5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="41334633" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="3D5BA826" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2579DC49" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="3DB65513" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F049E9B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="16EA81E9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F458216" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3D86907A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E616113" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28D5FE0E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="289C87C5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">1 </w:t>
+          <w:p w14:paraId="34802525" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="331DCFEA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19BE04D3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29CBCAB3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A2C09C6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="567FB51D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 3 </w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>жылға</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445F99">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445F99">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">3 </w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445F99">
-[...226 lines deleted...]
-              <w:t xml:space="preserve"> = 3</w:t>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8DA657" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="7C53FE9C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="7C1BB31D" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="142880B6" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6718F043" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="004E8EDA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42C61D18" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...99 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="60CAFAE3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45570AFE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="6607D16C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="374D93FB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...87 lines deleted...]
-              <w:t>директор = 5 балл</w:t>
+          <w:p w14:paraId="54FA073B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16F44AF6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34EC81C1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="325B8575" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="703AA067" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="1BA0A343" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="5EAC3FFD" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB36907" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="70DE922B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76D1175E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...99 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="259A6379" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7A6B95" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2EE6E982" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B98DDD1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
-[...66 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="497E057A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...23 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="6282809A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="438C8084" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="002B295D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12DE8D5C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...146 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EE1BB37" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34D82F6A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="465DE82B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="649FB9EA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="5DD8FB68" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00E93223" w14:paraId="7D777CC2" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA4103C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="111FC207" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0FD844" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0A63365A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00445F99">
-[...6 lines deleted...]
-              <w:t>Алдыңғы</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445F99">
-[...166 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23E875F5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w14:paraId="1B28C9D4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06D38729" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF4EBC2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0576B2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A7895E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Основы программирования в Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обучение работе с Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2801F5E5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="604DBAFB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210B153D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...219 lines deleted...]
-              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42FF7930" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="413A87C6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00445F99" w14:paraId="26B56A02" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B772A" w:rsidRPr="00E93223" w14:paraId="21D96CD9" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68319DDE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="6BFA29C4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52824CBA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="772137D0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93223">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC657CE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00445F99" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2967 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w14:paraId="50673141" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00E93223" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FF97FDB" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00445F99" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w14:paraId="2D317954" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01AAEFD2" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="5E0863B4" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15BEF70D" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00445F99" w:rsidSect="00445F99">
+    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="00E93223" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="709" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -17227,54 +10782,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17545,755 +11100,771 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1382828625">
+  <w:num w:numId="1" w16cid:durableId="1459950028">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1786195163">
+  <w:num w:numId="2" w16cid:durableId="1325548820">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1909267963">
+  <w:num w:numId="3" w16cid:durableId="1469474334">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="726223365">
+  <w:num w:numId="4" w16cid:durableId="1957367823">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="295792650">
+  <w:num w:numId="5" w16cid:durableId="1464469713">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1662386613">
+  <w:num w:numId="6" w16cid:durableId="1238904478">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="00100188"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00233E48"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D723D"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
-    <w:rsid w:val="00445F99"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D76F2"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005100B2"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
+    <w:rsid w:val="00646F7A"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="00756F9E"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007B615E"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
+    <w:rsid w:val="00AF36AD"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
-    <w:rsid w:val="00B36215"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C7587E"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
+    <w:rsid w:val="00CD0B4D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
-    <w:rsid w:val="00D14E05"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
-    <w:rsid w:val="00D73FC8"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D92B88"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E93223"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F91510"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
-    <w:rsid w:val="00FB7951"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD46E4"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="74C8C507"/>
-  <w15:docId w15:val="{1D2F8351-9557-4C2C-B157-BE5B66A92A0D}"/>
+  <w14:docId w14:val="491836BA"/>
+  <w15:docId w15:val="{1E610276-E4D6-4E7F-994F-C113E324AF42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18639,50 +12210,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -19127,78 +12699,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A767BDB-4C54-4E39-BCF7-341E00FBCA7E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0860B0C5-4C16-4A20-8797-FB42EFC0F8AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1669</Words>
-  <Characters>9517</Characters>
+  <Words>1752</Words>
+  <Characters>9987</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11164</CharactersWithSpaces>
+  <CharactersWithSpaces>11716</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>