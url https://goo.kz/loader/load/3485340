--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -1,8117 +1,9999 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="0954B56B" w14:textId="77777777" w:rsidR="00D70D9E" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="000207F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> лауазымына</w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C07E79" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00EF1FD6" w:rsidP="00E411D3">
+    <w:p w:rsidR="003E3EEA" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB7946">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>конкурс жариялайды</w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>музык</w:t>
+      </w:r>
+      <w:r w:rsidR="008744C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и, </w:t>
+      </w:r>
+      <w:r w:rsidR="000207F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>музыкального руководителя</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4745E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00597B6F" w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>на вакантную должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C0AF11" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00635CEC" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="342"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5912"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="08D40E8F" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1B08E11E" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB0E961" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...46 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EEBD842" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00FD21E6" w:rsidP="00E411D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00D15818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> көшесі, 27</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r w:rsidR="000207F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="60A27FF9" w14:textId="77777777" w:rsidTr="00D23FBB">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A3F285D" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73FC5C43" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CC6C32">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">  нөмірлері</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="336C666F" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00235908" w:rsidP="00CC6C32">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00FB7946" w:rsidP="00D15818">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-              <w:t>62</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140004</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="000207F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баян батыра, 27</w:t>
+            </w:r>
+            <w:r w:rsidR="00D15818">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="4D852A9C" w14:textId="77777777" w:rsidTr="00D23FBB">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="55145084" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0761C8B9" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CC6C32">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-              <w:t>лектрондық пошта</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5E22D8" w14:textId="77777777" w:rsidR="00EA2EC0" w:rsidRDefault="00EA2EC0" w:rsidP="00EA2EC0">
-            <w:pPr>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001B2C18" w:rsidRDefault="00CB6B4F" w:rsidP="00D15818">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Pavlschool30@mail.ru</w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2C18">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>33-26-60, 33-26-62</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00233A8F" w14:paraId="3C0E1A87" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="000207F9" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="08C09158" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E949B4F" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06170456" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CC6C32">
-[...38 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="000207F9" w:rsidRDefault="000207F9" w:rsidP="00321427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000207F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Pavlschool30@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00233A8F" w14:paraId="6F801319" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...369 lines deleted...]
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00233A8F" w14:paraId="3DCDC88A" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1F698CF6" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E796D" w:rsidRDefault="006E796D" w:rsidP="00D15818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2F517BFB" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="008744C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>музыки,  музыкальный руководитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB7946">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>со смешанным языком обучения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00D15818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
+            </w:r>
+            <w:r w:rsidR="008744C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, 0,5 ставки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="640E1204" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образ</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>овательных программ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0AD60863" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00C356D6" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специ</w:t>
+            </w:r>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>альное образование( min): 137000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00C356D6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00C356D6" w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min): 145000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="500C64C7" w14:textId="77777777" w:rsidR="00635CEC" w:rsidRPr="00635CEC" w:rsidRDefault="00635CEC" w:rsidP="00CB6B4F">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>га-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>7</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06830395" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-              <w:t>жүктемесі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2D2412" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00E411D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="004942FF" w:rsidP="004942FF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-              <w:t>, 0,5 мөлшерлемесі</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.08 </w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9.08</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E124BC" w:rsidRPr="00635CEC" w14:paraId="61741769" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9335AB" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C7EAB4D" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="427E7C11" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00AC5698">
-            <w:pPr>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...20 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...38 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="460714DC" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00C75E82">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00470938" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="18B81251" w14:textId="77777777" w:rsidR="00E124BC" w:rsidRPr="00635CEC" w:rsidRDefault="00E124BC" w:rsidP="00C75E82">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1027 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F9B1471" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00635CEC" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...542 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...628 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебногозаведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Периодобучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>подиплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00321427" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00635CEC" w14:paraId="7977AE67" w14:textId="77777777" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidTr="004B772A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26B08500" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w:rsidR="00301843" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5CEB0F44" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40B57B5F" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="0D4AB2EC" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="05BEBF2F" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="01B93170" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="38AA547A" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C3AFB" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F6A8D57" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35BD4069" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00635CEC" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w:rsidR="001B695E" w:rsidRPr="007C3AFB" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтіңбоснемесеуақытшабослауазымынакандидаттыңбағалаупарағы</w:t>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00610B31" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>______________________________</w:t>
       </w:r>
-      <w:r w:rsidR="006F7468" w:rsidRPr="00635CEC">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="006F7468" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00610B31" w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
+      <w:r w:rsidR="00D3023D" w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="385CD516" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00635CEC" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...77 lines deleted...]
-    <w:p w14:paraId="5C6777C5" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00610B31">
+    <w:p w:rsidR="00452A41" w:rsidRPr="004B772A" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="7C878289" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="086AA50D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>№</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4A8716" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...15 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C2D4D02" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...15 lines deleted...]
-              <w:t>Растайтынқұжат</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40EFFC80" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...15 lines deleted...]
-              <w:t>Балл саны(1-ден 20-ға дейін)</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51B68BDF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="006F7468">
-[...32 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00233A8F" w14:paraId="0CBCE16F" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75A7B262" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D735A1B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D548512" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E81AD0C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...98 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5813DAC7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="6AF82031" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45210A55" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9642C3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Ғылыми/ академиялықдәрежесі</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="628BEB2F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Білімітуралы диплом</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCA5AB1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5408A6E9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00FD21E6" w14:paraId="7143264E" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BF7F90D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="233AAD00" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Ұлттықбіліктіліктестілеуі</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D0BA85B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63465CE2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
-[...10 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>отлично</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00635CEC">
-[...196 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="00321427" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00235908">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00235908">
-[...693 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72E25E28" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="501F132D" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38216F41" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B5E042" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Біліктілігі/Санаты.</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D694766" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE504F9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...107 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="727D6881" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="37141505" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="532F77FE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1B3286" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Педагогикалыққызметөтілі</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="316E240F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...19 lines deleted...]
-              <w:t>ңбеккітапшасы / еңбекқызметіналмастыратынқұжат</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="696A2412" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...60 lines deleted...]
-              <w:t>10 жылданжәнеоданартық = 3</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанеңбексіңіргенұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="773493B9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="5C73FA1C" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1877418D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="321A84CE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Әкімшілікжәнеәдістемелікқызметтәжірибесі</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E65B0B9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...19 lines deleted...]
-              <w:t>ңбеккітапшасы / еңбекқызметіналмастыратынқұжат</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E397389" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...45 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03DD50DE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="6128C418" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="684EFD7B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="395F3472" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Жұмысқаалғашкіріскенпедагогтарүшін</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="146BCE50" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Білімтуралыдипломғақосымша</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D67ED3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...86 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19836790" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="6E0F2F02" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73F7C32D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03079C39" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Алдыңғыжұмысорнынанұсыныс хат (еңбекқызметінжүзегеасырукезінде)</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5600E862" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сновы программирования в Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обучение работе с Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDFE1D9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...44 lines deleted...]
-              <w:t>Терісұсынысхаттыңболуы = минус 5 балл</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0933A6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00635CEC" w14:paraId="1DC49D21" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B772A" w:rsidRPr="004B772A" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="578B5969" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...13 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17F1EA63" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-              <w:t>Кәсібижетістіктердіңкөрсеткіштері</w:t>
+          <w:p w:rsidR="0086261D" w:rsidRPr="00304B28" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B99841" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00635CEC" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...1053 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="0086261D" w:rsidRPr="004B772A" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="25D5B4B3" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00635CEC" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12820242" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="209D5F8B" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00635CEC" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="003E27E1" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8180,51 +10062,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8293,51 +10175,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8384,55 +10266,55 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="524C7E2B"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8497,51 +10379,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8610,51 +10492,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8703,1191 +10585,1287 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="651174935">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2133670884">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1790660619">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1030691996">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="526675525">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="3172381">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="000207F9"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
-    <w:rsid w:val="000A0071"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
-    <w:rsid w:val="000C2536"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B2C18"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001D5CE2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
-    <w:rsid w:val="00233A8F"/>
-    <w:rsid w:val="00235908"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="00356F5B"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00362DD4"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D5BC1"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
-    <w:rsid w:val="003F2DAE"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
-    <w:rsid w:val="0057209B"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C39C5"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
-    <w:rsid w:val="00635CEC"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="007026D4"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="00724848"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="008744C0"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A04DD"/>
     <w:rsid w:val="008A16AC"/>
-    <w:rsid w:val="008A23EA"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D6778"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
-    <w:rsid w:val="00A71FE9"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
-    <w:rsid w:val="00BD04FE"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D23FBB"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
-    <w:rsid w:val="00DF29E0"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
-    <w:rsid w:val="00E124BC"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E411D3"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EA2EC0"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
-    <w:rsid w:val="00F24241"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FB7946"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD21E6"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1BBDE866"/>
-  <w15:docId w15:val="{09CB3379-3697-46B7-9A2C-3F39F0E98EC5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0057209B"/>
+    <w:rsid w:val="005C39C5"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
-    <w:name w:val="Неразрешенное упоминание1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основ_Текст"/>
     <w:rsid w:val="008D6A9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
@@ -9947,113 +11925,100 @@
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="754979468">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10304,78 +12269,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DACC8DBE-9856-4917-A5E2-5DD176F8859C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1120FC3C-9A56-4BAE-A695-D769B7095044}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10642</Characters>
+  <Pages>5</Pages>
+  <Words>1728</Words>
+  <Characters>9853</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12484</CharactersWithSpaces>
+  <CharactersWithSpaces>11558</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>