--- v0 (2025-12-06)
+++ v1 (2026-01-09)
@@ -1,14778 +1,9732 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
+    <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының</w:t>
+        <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  жалпы орта білім беру мектебі» КММ  </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
+    <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математики с</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47" w:rsidRPr="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> русским  языком обучения,</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> оқытатын математика мұғалімі лауазымына </w:t>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (на вакантную должность)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004F2A50" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10440" w:type="dxa"/>
-        <w:tblInd w:w="-432" w:type="dxa"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="505"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5039"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00407673" w:rsidTr="00642E67">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> Қазақстан Республикасы, Павлодар облысы,       </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-              <w:t>346</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidTr="00642E67">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>182) 60-73-13</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00407673" w:rsidTr="00642E67">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00635CEC">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>Электрондық</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:u w:val="single"/>
-[...12 lines deleted...]
-              <w:t> sosh21@goo.edu.kz</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="002F097F" w:rsidTr="00642E67">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="002F097F" w:rsidTr="00642E67">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...306 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> русским  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком обучения,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00201486" w:rsidP="00BD4594">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD4594">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="002F097F" w:rsidTr="00642E67">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обуч</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ение и воспитание </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00C356D6" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+              <w:t xml:space="preserve"> 177766</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00A81D9B" w:rsidP="00A81D9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.08 </w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.08</w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidRDefault="00036FAE" w:rsidP="00DC0180">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...115 lines deleted...]
-              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00036FAE" w:rsidRPr="00635CEC" w:rsidTr="00642E67">
-[...2489 lines deleted...]
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00642E67">
+    </w:tbl>
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5401" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...269 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00642E67" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00642E67">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
-[...158 lines deleted...]
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w:rsidR="00661D74" w:rsidRPr="007B5B47" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B5B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...106 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...93 lines deleted...]
-        <w:t>):_____________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-        <w:t>:_____________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...110 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...77 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...4 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
-[...8 lines deleted...]
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
-[...34 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00635CEC">
-[...8 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...155 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
-[...96 lines deleted...]
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidTr="00DC0180">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00DC0180">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Растайтын</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00635CEC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучение по программам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4961" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...8121 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
+    <w:p w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00642E67" w:rsidRPr="00635CEC" w:rsidRDefault="00642E67" w:rsidP="00642E67">
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="00642E67" w:rsidSect="00642E67">
+    <w:p w:rsidR="007F5980" w:rsidRDefault="00BD4594" w:rsidP="00661D74"/>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="539" w:right="850" w:bottom="1134" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="91"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D81C5D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0049107F"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="00201486"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="00642E67"/>
-    <w:rsid w:val="009A4F01"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="007B5B47"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="00A81D9B"/>
+    <w:rsid w:val="00BD4594"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00D81C5D"/>
-    <w:rsid w:val="00F948EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -14915,88 +9869,88 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00661D74"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -15133,134 +10087,119 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00661D74"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15504,74 +10443,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44C76A48-7959-43AF-9D2E-8ED9281FB72A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>10818</Characters>
+  <Pages>1</Pages>
+  <Words>1756</Words>
+  <Characters>10011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12690</CharactersWithSpaces>
+  <CharactersWithSpaces>11744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>